--- v0 (2025-11-11)
+++ v1 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8e05060" w14:textId="8e05060">
+    <w:p w14:paraId="a200786" w14:textId="a200786">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -174,68 +174,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының 6-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына сәйкес Жаңақорған ауданының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қожакент ауылдық округінің 2025 – 2027 жылдарға арналған бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -270,290 +253,291 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемде бекiтiлсiн:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 262 442,0 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 392 585,3 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 15 059,0 мың теңге;</w:t>
+      салықтық түсімдер – 19 353,0 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 0;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 1 657,0 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімі – 247 383,0 мың теңге;</w:t>
+      трансферттердің түсімі – 371 575,3 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 265 732,1 мың теңге;</w:t>
+      2) шығындар – 395 875,4 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтерімен жасалатын операциялар бойынша сальдо – 0;</w:t>
+      4) қаржы активтерімен жасалатын операциялар бойынша сальдо – 0:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – -3290,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -571,127 +555,127 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 25.04.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 24.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 355</w:t>
+        <w:t>№ 416</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Аудандық бюджеттен ауылдық округ бюджетіне берілетін субвенция мөлшері 2025 жылға 78 982 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім 2025 жылдың 1 қантарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -889,116 +873,100 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жыл 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№317 шешіміне 1-қосымша</w:t>
+              <w:t>№ 317 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қожакент ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 25.04.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 24.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 355</w:t>
+        <w:t>№ 416</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1026,106 +994,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Санаты</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы,</w:t>
-[...17 lines deleted...]
-мың меңге</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сомасы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>меңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1274,51 +1291,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ішкісыныбы</w:t>
+Ішкі сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -1460,51 +1477,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-262 442</w:t>
+392 585,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1637,51 +1654,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 059</w:t>
+19 353</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1814,51 +1831,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 950</w:t>
+5 478</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1991,51 +2008,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 950</w:t>
+5 478</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2168,51 +2185,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12 104</w:t>
+13 828</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2522,51 +2539,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66</w:t>
+145</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2699,51 +2716,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 000</w:t>
+10 180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2876,51 +2893,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 560</w:t>
+3 025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3053,51 +3070,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3230,228 +3247,228 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...135 lines deleted...]
-247 383</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 657</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3480,155 +3497,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02</w:t>
-[...103 lines deleted...]
-247 383</w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер және материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 657</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3689,308 +3706,477 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...71 lines deleted...]
-247 383</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 657</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...63 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+371 575,3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...67 lines deleted...]
-Сомасы, мың теңге</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+371 575,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4021,597 +4207,476 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+371 575,3</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...130 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фнкционалдық топ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...129 lines deleted...]
-265 732,1</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...146 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -4629,166 +4694,139 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...114 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -4838,486 +4876,482 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-51 468</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. ШЫҒЫНДАР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+395 875,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-3 859</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55 555</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-36 614</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55 555</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5337,164 +5371,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-36 614</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51 696</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5555,300 +5589,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
-[...71 lines deleted...]
-20 708</w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ведомстволық бағынысты мемлекеттік мекемелердің және ұйымдардың күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 859</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-323</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғынүй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38 197</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5868,341 +5902,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-15 583</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38 197</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-27 919</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерде көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 708</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6222,164 +6256,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-27 614</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+323</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6440,300 +6474,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-006</w:t>
-[...71 lines deleted...]
-27 614</w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17 166,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-305</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 919</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6753,341 +6787,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-305</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 614</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-93 355,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 614</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7220,51 +7254,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-93 355,1</w:t>
+305</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7325,300 +7359,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-045</w:t>
-[...71 lines deleted...]
-93 355,1</w:t>
+028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде денешынықтыру- сауықтыру және спорттық іс шараларды өткізу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+305</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13</w:t>
-[...135 lines deleted...]
-52 517</w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+217 837,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7751,51 +7785,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52 517</w:t>
+217 837,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7856,50 +7890,581 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендер көшелеріндегі автомобиль жолдарын күрделі және орташа жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+214 837,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56 366,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56 366,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 057</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -7928,51 +8493,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52 517</w:t>
+56 366,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9260,6620 +9825,71 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№317 шешіміне 2-қосымша</w:t>
+              <w:t>№ 317 шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="15"/>
+    <w:bookmarkStart w:name="z31" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қожакент ауылдық округінің 2026 жылға арналған бюджеті</w:t>
-      </w:r>
-[...6547 lines deleted...]
-        <w:t xml:space="preserve"> Қожакент ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -15914,86 +9930,85 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z37" w:id="18"/>
+          <w:bookmarkStart w:name="z32" w:id="18"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="18"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-мың меңге</w:t>
+              <w:t>мың меңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16142,51 +10157,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ішкісыныбы</w:t>
+Ішкі сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -16328,51 +10343,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-99 589</w:t>
+96 745</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16505,51 +10520,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16 603</w:t>
+15 812</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16682,51 +10697,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 253</w:t>
+3 098</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16859,51 +10874,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 253</w:t>
+3 098</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17036,51 +11051,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13 345</w:t>
+12 709</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17213,51 +11228,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-527</w:t>
+502</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17390,51 +11405,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-73</w:t>
+69</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17567,51 +11582,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11 025</w:t>
+10 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17744,51 +11759,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 720</w:t>
+1 638</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18275,51 +12290,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-82 986</w:t>
+80 933</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18452,51 +12467,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-82 986</w:t>
+80 933</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18629,93 +12644,93 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-82 986</w:t>
+80 933</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Фнкционалдық топ </w:t>
+Функционалдық топ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18814,51 +12829,6633 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. ШЫҒЫНДАР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+96 745</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50 609</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50 609</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50 609</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғынүй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17 444</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17 444</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерде көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+743</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+339</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16 362</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 692</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 372</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 372</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+320</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде денешынықтыру- сауықтыру және спорттық іс шараларды өткізу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+320</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Таза бюджеттік кредит беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Қаржы активтері мен жасалатын операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Бюджет тапшылығын қаржыландыру (профициттіпайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жаңақорған ауданы маслихатының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2024 жылғы 25 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 317 шешіміне 3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z36" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қожакент ауылдық округінің 2027 жылға арналған бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z37" w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың меңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ішкі сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I. КІРІСТЕР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+99 589</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16 603</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 253</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 253</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13 345</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+527</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғайжерсалығы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 720</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және қызметтерге салынатын ішкі салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа ресурстарды пайдаланғаны үшін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+82 986</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+82 986</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+82 986</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фнкционалдық топ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22699,31 +23296,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>