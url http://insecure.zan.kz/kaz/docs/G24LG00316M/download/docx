--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="36b3b72" w14:textId="36b3b72">
+    <w:p w14:paraId="57d4f31" w14:textId="57d4f31">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -174,68 +174,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Респубикасының Заңының 6-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына сәйкес, Жаңақорған ауданының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қаратөбе ауылдық округінің 2025-2027 жылдарға арналған бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -270,290 +253,291 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемде бекiтiлсiн:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 77593,0 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 123220,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 4551,0 мың теңге;</w:t>
+      салықтық түсімдер – 5851,0 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері –73042,0 мың теңге;</w:t>
+      трансферттердің түсімдері –117369,0 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар –78958,2 мың теңге;</w:t>
+      2) шығындар –124585,2 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредит беру – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік қаржы активтерін сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – -1365,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -571,127 +555,127 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 25.04.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 24.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 354</w:t>
+        <w:t>№ 431</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Аудандық бюджеттен ауылдық округ бюджетіне берілетін субвенция мөлшері 2025 жылға 72015,0 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім 2025 жылдың 1 қантарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -889,116 +873,100 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№316 шешіміне 1-қосымша</w:t>
+              <w:t>№ 316 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қаратөбе ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 25.04.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 24.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 354</w:t>
+        <w:t>№ 431</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1065,51 +1033,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1447,51 +1432,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-77593,0</w:t>
+123220,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1590,87 +1575,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтықтүсімдер</w:t>
+Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4551,0</w:t>
+5851,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2163,51 +2148,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3751,0</w:t>
+5023,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2521,51 +2506,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-101,0</w:t>
+161,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2700,51 +2685,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2975,0</w:t>
+4008,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2879,126 +2864,126 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-350,0</w:t>
+529,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3022,87 +3007,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферттердің түсімдері</w:t>
+Тауарларға, жұмыстарға және қызметтерге салынатын ішкі салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-73042,0</w:t>
+28,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3123,203 +3108,207 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+Табиғи және басқа ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-73042,0</w:t>
+28,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3334,578 +3323,658 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-73042,0</w:t>
+117369,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Функционалдық топ</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...47 lines deleted...]
-теңге</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+117369,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+117369,0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...110 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...93 lines deleted...]
-Атауы</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
@@ -3951,192 +4020,134 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...99 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4192,89 +4203,66 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
-[...37 lines deleted...]
-          </w:p>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -4367,199 +4355,163 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттiк басқарудың жалпы функцияларын</w:t>
-[...35 lines deleted...]
-органдар</w:t>
+II. ШЫҒЫНДАР</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43671,0</w:t>
+124585,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4582,87 +4534,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43671,0</w:t>
+43564,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4716,208 +4668,221 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+Мемлекеттiк басқарудың жалпы функцияларын</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43671,0</w:t>
+43564,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4940,87 +4905,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тұрғын үй-коммуналдық шаруашылық</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9988,7</w:t>
+43564,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5042,221 +5007,207 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...27 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9988,7</w:t>
+43564,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5271,132 +5222,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендерде көшелерді жарықтандыру</w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1684,7</w:t>
+18087,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5418,164 +5365,164 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елдімекендердің санитариясын қамтамасызету</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-249,0</w:t>
+18087,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5638,166 +5585,162 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
+008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елдімекендерді абаттандыру мен көгалдандыру</w:t>
+Елді мекендерде көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8055,0</w:t>
+1684,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5812,128 +5755,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+Елдімекендердің санитариясын қамтамасызету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25298,0</w:t>
+249,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5955,203 +5902,207 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Елдімекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25298,0</w:t>
+16154,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6166,132 +6117,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24993,0</w:t>
+25405,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6313,82 +6260,440 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25405,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25100,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 028</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -6427,50 +6732,587 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 305,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37528,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37528,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильдік жолдарды күрделі және орташа жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37528,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8488,74 +9330,74 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№316 шешіміне 2- қосымша</w:t>
+              <w:t>№ 316 шешіміне 2- қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="15"/>
+    <w:bookmarkStart w:name="z34" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қаратөбе ауылдық округінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -8610,51 +9452,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11025,86 +11884,85 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z35" w:id="16"/>
-[...34 lines deleted...]
-Теңге</w:t>
+          <w:bookmarkStart w:name="z35" w:id="18"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="18"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -11899,116 +12757,80 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z36" w:id="17"/>
+          <w:bookmarkStart w:name="z36" w:id="19"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жалпы функцияларын</w:t>
             </w:r>
-          </w:p>
-[...46 lines deleted...]
-          </w:p>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="19"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -12770,88 +13592,70 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z38" w:id="18"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="18"/>
+          <w:bookmarkStart w:name="z38" w:id="20"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="20"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -14971,74 +15775,74 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№315 шешіміне 3- қосымша</w:t>
+              <w:t>№ 315 шешіміне 3- қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z42" w:id="19"/>
+    <w:bookmarkStart w:name="z42" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қаратөбе ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -15093,51 +15897,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15223,85 +16044,84 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...33 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15343,84 +16163,84 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...30 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -15522,84 +16342,84 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...30 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -15697,88 +16517,88 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...34 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -15876,84 +16696,84 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...30 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16055,88 +16875,88 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...34 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -16234,84 +17054,84 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...30 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16413,84 +17233,84 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...30 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16592,84 +17412,84 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...30 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16771,84 +17591,84 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...30 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16954,84 +17774,84 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...30 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -17129,88 +17949,88 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...34 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -17308,84 +18128,84 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...30 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17508,131 +18328,129 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z43" w:id="20"/>
-[...34 lines deleted...]
-Теңге</w:t>
+          <w:bookmarkStart w:name="z43" w:id="22"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="22"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...33 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17642,118 +18460,117 @@
               <w:t>
  Бюджеттікбағдарламалардыңәкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17763,117 +18580,117 @@
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...30 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -17915,117 +18732,117 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...30 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -18090,121 +18907,121 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80851,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...30 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -18269,50 +19086,82 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44562,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
@@ -18350,102 +19199,70 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...31 lines deleted...]
-          <w:bookmarkStart w:name="z44" w:id="21"/>
+          <w:bookmarkStart w:name="z44" w:id="23"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жалпы функцияларын</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="21"/>
+          <w:bookmarkEnd w:id="23"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -18492,121 +19309,121 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44562,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...34 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -18671,117 +19488,117 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44562,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...30 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18850,121 +19667,121 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44562,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...30 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -19029,117 +19846,117 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9509,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...30 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -19204,141 +20021,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9509,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...12 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z46" w:id="24"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="24"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...54 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -19403,117 +20202,117 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9509,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...30 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19582,117 +20381,117 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 353,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...30 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19761,117 +20560,117 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 275,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...30 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19940,121 +20739,121 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8881,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...30 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -20119,121 +20918,121 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26780,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...34 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -20298,117 +21097,117 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26780,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...30 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20477,117 +21276,117 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26444,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...30 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20656,117 +21455,117 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 336,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...30 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -20831,117 +21630,117 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...30 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -21006,117 +21805,117 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...30 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -21181,117 +21980,117 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...30 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -21421,55 +22220,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>