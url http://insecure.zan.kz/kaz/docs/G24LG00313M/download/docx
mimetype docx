--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0fd6926" w14:textId="0fd6926">
+    <w:p w14:paraId="c38273f" w14:textId="c38273f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -174,68 +174,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Респубикасы Заңының 6-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына сәйкес Жаңақорған ауданының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Келінтөбе ауылдық округінің 2025–2027 жылдарға арналған бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -270,290 +253,291 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемде бекiтiлсiн:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 114 995,1 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 120 247,7 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 22 713,1 мың теңге;</w:t>
+      салықтық түсімдер – 27 769,1 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер –0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 664 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 840,6 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттердің түсімдері –91 638 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 116 152 мың теңге;</w:t>
+      2) шығындар – 121 404,6 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредит беру – 0:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік қаржы активтерін сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – -1 156,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -571,147 +555,147 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 16.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 24.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 387</w:t>
+        <w:t>№ 430</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Аудандық бюджеттен ауылдық округ бюджетіне берілетін субвенция</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мөлшері 2025 жылға 89 851 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім 2025 жылдың 1 қантарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -909,126 +893,110 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№313 </w:t>
+              <w:t xml:space="preserve">№ 313 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Келінтөбе ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 16.07.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 24.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 387</w:t>
+        <w:t>№ 430</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1093,51 +1061,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1472,51 +1457,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-114995,1</w:t>
+120247,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1649,51 +1634,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22713,1</w:t>
+27769,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1826,51 +1811,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9487,3</w:t>
+13721,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2003,51 +1988,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9487,3</w:t>
+13721,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2180,51 +2165,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13202,8</w:t>
+14024,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2711,51 +2696,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8404,2</w:t>
+9035,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3419,51 +3404,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-644</w:t>
+840,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3596,51 +3581,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-644</w:t>
+840,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3773,51 +3758,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-644</w:t>
+840,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4383,51 +4368,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4801,51 +4803,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-116152</w:t>
+121404,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4978,51 +4980,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66872</w:t>
+66686</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5155,51 +5157,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66872</w:t>
+66686</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5332,51 +5334,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66872</w:t>
+66686</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5509,51 +5511,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17464</w:t>
+22716,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5686,51 +5688,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17464</w:t>
+22716,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6217,51 +6219,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15112</w:t>
+20364,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6394,51 +6396,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31816</w:t>
+32002</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6571,51 +6573,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31511</w:t>
+31697</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6748,51 +6750,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31511</w:t>
+31697</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8152,51 +8154,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+-1156,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8325,51 +8327,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+1156,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9129,87 +9131,87 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жаңақорған ауданы маслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы 25 желтоқсандағы №313</w:t>
+              <w:t>2024 жылғы 25 желтоқсандағы № 313</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="16"/>
+    <w:bookmarkStart w:name="z31" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Келінтөбе ауылдық округінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9262,51 +9264,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12021,51 +12040,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -15547,68 +15583,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№313 шешіміне 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z35" w:id="17"/>
+    <w:bookmarkStart w:name="z35" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  Келінтөбе ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -15661,51 +15697,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18420,51 +18473,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>