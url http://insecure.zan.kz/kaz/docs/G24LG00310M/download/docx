--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0411408" w14:textId="0411408">
+    <w:p w14:paraId="fc46f1a" w14:textId="fc46f1a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -174,68 +174,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының Заңының 6-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1)тармақшасына сәйкес Жаңақорған ауданының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Жаманбай батыр ауылдық округінің 2025 - 2027 жылдарға арналған бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -270,446 +253,429 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер –506 428,5 мың теңге, оның ішінде:</w:t>
+      1) кірістер –504 826,5 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 11 429 мың теңге;</w:t>
+      салықтық түсімдер – 12 925 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 111 мың теңге;</w:t>
+      салықтық емес түсімдер – 654 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 0;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 513 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімі – 494 888,5 мың теңге;</w:t>
+      трансферттердің түсімі – 490 734,5 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 513 244,6 мың теңге;</w:t>
+      2) шығындар – 511 642,6 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджеттік кредиттерді өтеу – 0 ;</w:t>
+      бюджеттік кредиттерді өтеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтерімен жасалатын операциялар бойынша сальдо – 0</w:t>
+      4) қаржы активтерімен жасалатын операциялар бойынша сальдо – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      оның ішінде:</w:t>
+      қаржы активтерін сатып алу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қаржы активтерін сатып алу – 0 ;</w:t>
+      мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 ;</w:t>
-[...17 lines deleted...]
-      5) бюджет тапшылығы (профициті) – -6 816,1 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – - 6 816,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 6 816,1 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 16.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 24.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 384</w:t>
+        <w:t>№ 429</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Аудандық бюджеттен ауылдық округ бюджетін берілетін субвенция мөлшері 2025 жылға 109 360 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -913,110 +879,94 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№310 шешіміне 1 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жаманбай батыр ауылдық округінің 2025жылға рналған бюджеті</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 16.07.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 24.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 384</w:t>
+        <w:t>№ 429</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1081,69 +1031,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың</w:t>
-[...17 lines deleted...]
-теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1292,51 +1241,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ішкісыныбы</w:t>
+Ішкі сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -1628,51 +1577,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-506 428,5</w:t>
+504 826,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1805,51 +1754,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11 429,0</w:t>
+12 925,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1982,51 +1931,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2100,0</w:t>
+2 963,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2159,51 +2108,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2100,0</w:t>
+2 963,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2336,51 +2285,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9322,0</w:t>
+9 940,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2867,51 +2816,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8479,0</w:t>
+8 695,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3044,51 +2993,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-198,0</w:t>
+612,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3221,51 +3170,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12,0</w:t>
+22,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3398,51 +3347,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12,0</w:t>
+22,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3575,51 +3524,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-111,0</w:t>
+654,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3752,51 +3701,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-111,0</w:t>
+132,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3929,228 +3878,228 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-111,0</w:t>
+132,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-494 888,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа да салықтық емес түсiмдер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+522,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4170,646 +4119,874 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-494 888,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа да салықтық емес түсiмдер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+522,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...62 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...44 lines deleted...]
-494 888,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+513,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...85 lines deleted...]
-теңге</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жердi және материалдық емес активтердi сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+513,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+513,0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...88 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердіңтүсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+490 734,5</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -4827,139 +5004,166 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...87 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+490 734,5</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -5009,484 +5213,317 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-513 244,6</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстықмаңызы бар қаланың) бюджетінентрансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+490 734,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-51 706,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -5515,332 +5552,247 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...103 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...146 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -5858,341 +5810,337 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-111 004,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. ШЫҒЫНДАР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+511 642,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-92 798,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпысипаттағымемлекеттiкқызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51 706,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6212,164 +6160,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-312,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51 706,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6430,300 +6378,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-17 894,0</w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51 706,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-08</w:t>
-[...135 lines deleted...]
-54 750,0</w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғынүй-коммуналдықшаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+111 004,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6856,51 +6804,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54 445,0</w:t>
+111 004,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6961,123 +6909,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-006</w:t>
-[...71 lines deleted...]
-54 445,0</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елдімекендердекөшелердіжарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+92 798,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7097,164 +7045,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-305,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елдімекендердіңсанитариясынқамтамасызету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+312,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7315,300 +7263,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-028</w:t>
-[...71 lines deleted...]
-305,0</w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елдімекендердіабаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17 894,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
-[...135 lines deleted...]
-210 270,1</w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм жәнеақпараттықкеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54 750,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7705,87 +7653,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
-[...35 lines deleted...]
-210 270,1</w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54 445,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7846,300 +7794,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-045</w:t>
-[...71 lines deleted...]
-210 270,1</w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54 445,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-85 514,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+305,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8159,518 +8107,518 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-85 514,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде денешынықтыру-сауықтыру және спорттық іс шараларды өткізу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+305,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-85 514,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+212 822,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+212 822,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8690,195 +8638,1080 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-0,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+212 822,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81 360,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81 360,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81 360,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8944,51 +9777,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пайдаланылмаған(толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10637,7276 +11470,65 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>______сессиясының № 310</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="15"/>
+    <w:bookmarkStart w:name="z33" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жаманбай батыр ауылдық округінің 2026 жылға арналған бюджеті</w:t>
-      </w:r>
-[...7209 lines deleted...]
-        <w:t xml:space="preserve"> Жаманбай батыр ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -17962,51 +11584,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мыңтеңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18491,51 +12130,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-128 082</w:t>
+124 429</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18668,51 +12307,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12 600</w:t>
+12 118</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18845,51 +12484,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 315</w:t>
+2 205</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19022,51 +12661,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 315</w:t>
+2 205</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19199,51 +12838,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 271</w:t>
+9 783</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19376,51 +13015,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-653</w:t>
+622</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19553,51 +13192,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45</w:t>
+43</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19730,51 +13369,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 355</w:t>
+8 910</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19907,51 +13546,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-218</w:t>
+208</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20084,51 +13723,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14</w:t>
+13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20261,51 +13900,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14</w:t>
+13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20438,51 +14077,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-123</w:t>
+117</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20615,51 +14254,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-123</w:t>
+117</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20792,51 +14431,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-123</w:t>
+117</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20969,51 +14608,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-115 359</w:t>
+112 311</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21146,51 +14785,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-115 359</w:t>
+112 311</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21323,51 +14962,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-115 359</w:t>
+112 311</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -21387,86 +15026,7312 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z39" w:id="18"/>
-[...15 lines deleted...]
-Сомасы, мың</w:t>
+          <w:bookmarkStart w:name="z34" w:id="18"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="18"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-теңге</w:t>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. ШЫҒЫНДАР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124 429</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51 095</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51 095</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51 095</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғынүй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17 178</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17 178</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерде көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 944</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+328</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13 906</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56 156</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55 836</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55 836</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+320</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде дене-шынықтыру сауықтыру және спорттық іс-шараларды өткізу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+320</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Таза бюджеттік кредит беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Бюджет тапшылығын қаржыландыру (профицитті пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жаңақорған ауданы мәслихатының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2024 жылғы 25 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 310 шешіміне 3 қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z38" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жаманбай батыр ауылдық округінің 2027 жылға арналған бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ішкі сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I. КІРІСТЕР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+128 082</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12 600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Табыс салығы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 315</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 315</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 271</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+653</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 355</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Біріңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+218</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға жұмыстарға және көрсетілген қызметтерге салынатын ішкі салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшін төлем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+123</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік меншіктен түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+123</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+123</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+115 359</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+115 359</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+115 359</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z39" w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>