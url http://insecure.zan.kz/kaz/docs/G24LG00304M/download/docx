--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="63e430a" w14:textId="63e430a">
+    <w:p w14:paraId="aba82f7" w14:textId="aba82f7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -174,68 +174,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Жаңақорған ауданының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Шалқия кентінің 2025-2027 жылдарға арналған бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -270,469 +253,497 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемде бекітілсін:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 231 824,5 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 239 584,5 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 13 872,0 мың теңге;</w:t>
+      салықтық түсімдер – 21 632,0 мың теңге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 28 мың теңге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 0 ;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттердің түсімі – 217 924,5 мың теңге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 237 441,2 мың теңге;</w:t>
+      2) шығындар – 245 201,2 мың теңге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен жасалатын операциялар бойынша сальдо – 0;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қаржы активтерін сатып алу – 0 ;</w:t>
+      қаржы активтерін сатып алу – 0;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – -5616,7 мың теңге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) –5616,7 мың теңге.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 16.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 24.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 379</w:t>
+        <w:t>№ 426</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="1"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Аудандық бюджеттен кент бюджетіне берілетін субвенция мөлшері 2025 жылға 223 937 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z23" w:id="2"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. 2025 жылға арналған аудандық бюджетті атқару барысында секвестрлеуге жатпайтын жергілікті бюджеттік бағдарламалар осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z24" w:id="3"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы шешім 2025 жылдың 1 қантарынан бастап қолданысқа енгізіледі және ресми жариялануға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -750,51 +761,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Жаңақорған ауданы маслихатының төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -921,257 +932,260 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№304 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шешіміне 1 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Шалқия кентінің 2025 жылға арналған бюджеті </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 16.07.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 24.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 379</w:t>
+        <w:t>№ 426</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1228"/>
+        <w:gridCol w:w="1668"/>
+        <w:gridCol w:w="1668"/>
+        <w:gridCol w:w="3872"/>
+        <w:gridCol w:w="3864"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3864" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мыңтеңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1187,110 +1201,124 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1306,3349 +1334,3624 @@
               <w:t>
 Ішкісыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. КІРІСТЕР</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-231 824,5</w:t>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+239 584,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...129 lines deleted...]
-13 872,0</w:t>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтықтүсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21 632,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Табыс салығы </w:t>
-[...35 lines deleted...]
-3320,0</w:t>
+Табыссалығы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4320,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-3320,0</w:t>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4320,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-10543,0</w:t>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17 312,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 407,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-9 909,0</w:t>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12 169,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Біріңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 167,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарлар, жұмыстарға және қызметтерге салынатын ішкі салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-9,0</w:t>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4509,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер учаскелерін пайдаланғаны үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-9,0</w:t>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4509,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық емес түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік меншіктен түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-217924,5</w:t>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+217 924,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...97 lines deleted...]
-217924,5</w:t>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынант үсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+217 924,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-217924,5</w:t>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+217 924,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3864" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың</w:t>
-[...17 lines deleted...]
-Теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4664,110 +4967,124 @@
               <w:t>
 Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4783,147 +5100,168 @@
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4933,5650 +5271,6140 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. ШЫҒЫНДАР</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-237 441,2</w:t>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+245 201,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-53 072,0</w:t>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55 072,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-53 072,0</w:t>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55 072,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-48 795,0</w:t>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50795,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік органның күрделі шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 777,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 032</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ведомстволық бағынысты мемлекеттік мекемелердің және ұйымдардың күрделі шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Денсаулық сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...67 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 002</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шұғыл жағдайларда науқасы ауыр адамдарды дәрігерлік көмек көрсететін жақын жердегі денсаулық сақтау ұйымына жеткізуді ұйымдастыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғынүй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-28 724,9</w:t>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34 224,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-28 724,9</w:t>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34 224,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерде көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15 201,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-314,0</w:t>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+814,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-13 209,0</w:t>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 209,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...129 lines deleted...]
-42 760,0</w:t>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм жәнеақпараттықкеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 020,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-42 760,0</w:t>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 020,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...65 lines deleted...]
-42 455,0</w:t>
+            <w:tcW w:w="3872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергіліктідеңгейдемәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 715,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 028</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергіліктідеңгейдеденешынықтыру-сауықтыружәнеспорттықісшаралардыөткізу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 305,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...129 lines deleted...]
-112305,6</w:t>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлікжәне коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+112 305,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...97 lines deleted...]
-112305,6</w:t>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+112 305,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекен көшелеріндегі автомобиль жолдарын күрделі және орташа жөндеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-112305,6</w:t>
+            <w:tcW w:w="3864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+112 305,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 574,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 574,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нысаналытрасферттердіқайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 574,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Таза бюджеттік кредит беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Қаржы активтеріменжасалатыноперацияларбойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -5616,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Бюджет тапшылығықаржыландыру (профицитіпайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5616,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...99 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатыныңпайдаланылатынқалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5616,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...67 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатықалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5616,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3872" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5617,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10671,219 +11499,238 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№304 </w:t>
+              <w:t xml:space="preserve">№ 304 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шешіміне 2 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="4"/>
+    <w:bookmarkStart w:name="z34" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Шалқия кентінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1322"/>
+        <w:gridCol w:w="1796"/>
+        <w:gridCol w:w="1796"/>
+        <w:gridCol w:w="3933"/>
+        <w:gridCol w:w="3453"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10899,110 +11746,124 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11018,3184 +11879,3457 @@
               <w:t>
 Ішкі сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3453" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. КІРІСТЕР</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 105384</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14556</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Табыс салығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 486</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 486</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11070</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 427</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10 405</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Біріңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 175</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарлар, жұмыстарға және қызметтерге салынатын ішкі салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер учаскелерін пайдаланғаны үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық емес түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік меншіктен түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90 789</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90 789</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14229,140 +15363,142 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z35" w:id="5"/>
-[...36 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z35" w:id="21"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="21"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14378,110 +15514,124 @@
               <w:t>
 Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14497,147 +15647,168 @@
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14647,4238 +15818,4609 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. ШЫҒЫНДАР</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 105 384</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47 803</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47 803</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасызету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47 803</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Денсаулық сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 002</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шұғыл жағдайларда науқасы ауыр адамдарды дәрігерлік көмек көрсететін жақын жердегі денсаулық сақтау ұйымына жеткізуді ұйымдастыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әлеуметтiк көмек және әлеуметтiк қамсыздандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 003</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мұқтаж азаматтарға үйде әлеуметтік көмек көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13 647</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13 647</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерде көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1580</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11 737</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43 930</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43 930</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43 610</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 320</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 028</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті деңгейде денешынықтыру- сауықтыру және спорттық ісшараларды өткізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 320</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.Таза бюджеттік кредит беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4. Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5. Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6. Бюджет тапшылығын қаржыландыру (профицитті пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18973,219 +20515,238 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№304 </w:t>
+              <w:t xml:space="preserve">№ 304 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шешіміне 3 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z39" w:id="6"/>
+    <w:bookmarkStart w:name="z39" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Шалқия кентінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1322"/>
+        <w:gridCol w:w="1796"/>
+        <w:gridCol w:w="1796"/>
+        <w:gridCol w:w="3933"/>
+        <w:gridCol w:w="3453"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19201,110 +20762,124 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19320,3184 +20895,3457 @@
               <w:t>
 Ішкі сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3453" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. КІРІСТЕР</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 108 407</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15 295</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Табыс салығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 660</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 660</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10 520</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 448</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10 926</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Біріңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 184</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарлар, жұмыстарға және қызметтерге салынатын ішкі салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер учаскелерін пайдаланғаны үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық емес түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік меншіктен түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала,ауыл,кент,ауылдық округ коммуналдық меншігінің мүлкін жалға беруден түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 93 082</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 93 082</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22531,140 +24379,143 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z40" w:id="7"/>
+          <w:bookmarkStart w:name="z40" w:id="23"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="23"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22680,110 +24531,124 @@
               <w:t>
 Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22799,147 +24664,168 @@
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22949,4238 +24835,4609 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. ШЫҒЫНДАР</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 108 407</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48 818</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48 818</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасызету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48 818</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Денсаулық сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 002</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шұғыл жағдайларда науқасы ауыр адамдарды дәрігерлік көмек көрсететін жақын жердегі денсаулық сақтау ұйымына жеткізуді ұйымдастыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әлеуметтiк көмек және әлеуметтiк қамсыздандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 003</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мұқтаж азаматтарға үйде әлеуметтік көмек көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерде көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1659</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 347</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12 324</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45 254</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45 254</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44 918</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 336</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 028</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті деңгейде денешынықтыру- сауықтыру және спорттық ісшараларды өткізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 336</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.Таза бюджеттік кредит беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4. Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5. Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6. Бюджет тапшылығын қаржыландыру (профицитті пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3453" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27275,98 +29532,97 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№304 </w:t>
+              <w:t xml:space="preserve">№ 304 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шешіміне 4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z44" w:id="8"/>
+    <w:bookmarkStart w:name="z44" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025-2027 жылдарға арналған кент бюджетін атқару барысында секвестрлеуге жатпайтын жергілікті бюджеттік бағдарламалар тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12300"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -27521,55 +29777,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>