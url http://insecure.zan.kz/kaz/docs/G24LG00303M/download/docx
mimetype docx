--- v0 (2025-11-06)
+++ v1 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ea53f3b" w14:textId="ea53f3b">
+    <w:p w14:paraId="5c3b1fc" w14:textId="5c3b1fc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -280,151 +280,151 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер –1819050,0 мың теңге, оның ішінде:</w:t>
+      1) кірістер –2663152,1 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 489449,1 мың теңге;</w:t>
+      салықтық түсімдер – 544733,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 6612,0 мың теңге;</w:t>
+      салықтық емес түсімдер – 11418,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер– 110490,0 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер– 114084,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 1212296,7 мың теңге;</w:t>
+      трансферттер түсімдері – 1992916,8 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 1900028,5 мың теңге;</w:t>
+      2) шығындар – 2744130,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
@@ -565,103 +565,103 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 24.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 12.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 406</w:t>
+        <w:t>№ 451</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Аудандық бюджеттен кент бюджетіне берілген субвенция мөлшері 2025 жылы 64900,0 мың теңге.</w:t>
+      2. Аудандық бюджеттен кент бюджетіне берілген субвенция мөлшері 2025 жылы 64900,0 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім 2025 жылғы 1 қаңтарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
@@ -920,157 +920,156 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жаңақорған кентінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 24.09.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Жаңақорған аудандық мәслихатының 12.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 406</w:t>
+        <w:t>№ 451</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жаңақорған кентінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1757"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1758"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1085,84 +1084,84 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1172,116 +1171,117 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1291,83 +1291,51 @@
               <w:t>
  Ішкісыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1388,52 +1356,83 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1443,83 +1442,51 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1540,519 +1507,516 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-1 819 050,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 663 152,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
-          </w:p>
-[...30 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-489 449,1</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+544 733,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...62 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...11 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-334 854,3</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+387 453,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2062,355 +2026,353 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-334 854,3</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+387 453,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...62 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...11 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-150 930,5</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+151 595,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2420,176 +2382,175 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-4 650,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 308,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2599,176 +2560,175 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-3 250,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 712,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2778,176 +2738,175 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-139 714,2</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+142 128,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2957,355 +2916,353 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-3 316,3</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 447,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...62 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...11 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-3 664,3</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 684,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3315,176 +3272,175 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-821,1</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+999,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3494,534 +3450,531 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кәсiпкерлiк және кәсiби қызметтi жүргiзгенi үшiн алынатын алымдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-2 843,2</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 685,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
-          </w:p>
-[...30 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-6 814,2</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 418,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...62 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...11 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік меншіктен түсетін кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-6 612,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 205,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4031,355 +3984,353 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-6 612,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 205,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...62 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...77 lines deleted...]
-202,2</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті бюджеттен қаржыландырылатын мемлекеттік мекемелермен алынатын өзге де айыппұлдар, өсімпұлдар, санкциялар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+367,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4389,180 +4340,175 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...81 lines deleted...]
-202,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті бюджеттен қаржыландырылатын мемлекеттік мекемелермен алынатын өзге де айыппұлдар, өсімпұлдар, санкциялар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+367,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4572,534 +4518,531 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...77 lines deleted...]
-110 490,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өзге де түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+846,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...62 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...66 lines deleted...]
-110 490,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өзгеде түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+846,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...81 lines deleted...]
-110 490,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+114 084,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -5109,351 +5052,353 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...77 lines deleted...]
-1 212 296,7</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жердi және материалдық емес активтердi сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+114 084,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...62 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...66 lines deleted...]
-1 212 296,7</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+113 916,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -5463,756 +5408,909 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...81 lines deleted...]
-1 212 296,7</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+168,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...83 lines deleted...]
-              <w:t>мың теңге</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 992 916,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферт тер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 992 916,8</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...11 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge w:val="restart"/>
-[...77 lines deleted...]
-          <w:p/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстықмаңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 992 916,3</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...103 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...99 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...34 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6222,5452 +6320,5832 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...78 lines deleted...]
-          </w:p>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...30 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...99 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...102 lines deleted...]
-174 493,9 </w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 744 130,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...113 lines deleted...]
-16 934,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+199 267,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...102 lines deleted...]
-3 414,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+199 267,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...34 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...98 lines deleted...]
-610 092,9</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+178 919,9 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...113 lines deleted...]
-610 092,9</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органдардың күрделі шығындары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16 934,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...102 lines deleted...]
-107 419,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ведомстволық бағынысты мемлекеттік мекемелердің және ұйымдардың күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 414,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...113 lines deleted...]
-43 126,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғынүй-коммуналдықшаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+686 118,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...102 lines deleted...]
-459 547,9 </w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+686 118,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...34 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...98 lines deleted...]
-48 363,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерде көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+131 044,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...113 lines deleted...]
-48 363,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51 100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...102 lines deleted...]
-48 363,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+503 974,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...34 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...109 lines deleted...]
-503 579,1</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм жәнеақпараттықкеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 363,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...32 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-503 579,1</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 363,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...102 lines deleted...]
-24 307,7</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 363,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...113 lines deleted...]
-479 271,4</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 266 336,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...34 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...98 lines deleted...]
-481 829,4</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 266 336,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...113 lines deleted...]
-481 829,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда , ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23 849,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...102 lines deleted...]
-481 829,4</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 242 486,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...34 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...109 lines deleted...]
-61 322,2</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+482 722,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...32 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-61 322,2</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+482 722,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...102 lines deleted...]
-24000,8</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+482 722,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...113 lines deleted...]
-37321,4</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61 322,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...98 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61 322,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...98 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Пайдаланылмаған (толық пайдаланылмаған ) нысаналы трансферттерді қайтару </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24000,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...98 lines deleted...]
--80978,5</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+050</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет саласындағы еңбекақы төлеу қорының өзгеруіне байланысты жоғары тұрған бюджеттерге берілетін нысаналы трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37321,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...98 lines deleted...]
-80978,5</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Таза бюджеттік кредит беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...34 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...98 lines deleted...]
-80978,5</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Қаржы активтері мен жасалатын операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...113 lines deleted...]
-80978,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-80978,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Бюджет тапшылығын қаржыландыру (профициттіпайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80978,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80978,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының қалдығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80978,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26615,55 +27093,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>