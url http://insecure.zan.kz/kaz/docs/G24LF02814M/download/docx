--- v0 (2025-11-10)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="80f8e6e" w14:textId="80f8e6e">
+    <w:p w14:paraId="c453afc" w14:textId="c453afc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -174,68 +174,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының 6-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-7-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Жалағаш аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025 – 2027 жылдарға арналған Мәдениет ауылдық округінің бюджеті осы шешімнің тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -270,350 +253,351 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаларына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 126 091 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 125 391 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      cалықтық түсімдер – 11 273 мың теңге;</w:t>
+      cалықтық түсімдер – 11 176 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер –2 мың теңге;</w:t>
+      салықтық емес түсімдер – 2 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 680 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 777 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 114 136 мың теңге;</w:t>
+      трансферттер түсімдері – 113 436 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 126 818,3 мың теңге;</w:t>
+      2) шығындар – 126 118,3 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – -727,3 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 727,3 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -631,107 +615,107 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Жалағаш аудандық мәслихатының 09.07.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Жалағаш аудандық мәслихатының 25.11.2025 жылғы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 32-15</w:t>
+        <w:t>№ 36-12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -935,110 +919,94 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 23 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 28-14 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Мәдениет ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Жалағаш аудандық мәслихатының 09.07.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Жалағаш аудандық мәслихатының 25.11.2025 жылғы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 32-15</w:t>
+        <w:t>№ 36-12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1120,52 +1088,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-мың теңге</w:t>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1669,51 +1636,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-126091</w:t>
+125391</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1846,51 +1813,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11273</w:t>
+11176</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2023,51 +1990,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1800</w:t>
+2318</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2200,51 +2167,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1800</w:t>
+2318</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2377,51 +2344,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9400</w:t>
+8757</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2554,51 +2521,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-600</w:t>
+289</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2731,51 +2698,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40</w:t>
+28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2908,51 +2875,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6500</w:t>
+5395</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3085,51 +3052,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2260</w:t>
+3045</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3262,51 +3229,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-73</w:t>
+101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3439,51 +3406,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-73</w:t>
+101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4147,51 +4114,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-680</w:t>
+777</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4324,51 +4291,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-680</w:t>
+777</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4501,51 +4468,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-680</w:t>
+777</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4678,51 +4645,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-114136</w:t>
+113436</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4855,51 +4822,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-114136</w:t>
+113436</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5032,130 +4999,147 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-114136</w:t>
+113436</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- Функционалдық топ</w:t>
+Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5640,51 +5624,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-126818,3</w:t>
+126118,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5817,51 +5801,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66503,3</w:t>
+66903,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5994,51 +5978,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66503,3</w:t>
+66903,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6171,51 +6155,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66503,3</w:t>
+66903,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6348,51 +6332,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7000</w:t>
+6742,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6525,51 +6509,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7000</w:t>
+6742,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6879,51 +6863,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3000</w:t>
+2742,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7764,51 +7748,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3200</w:t>
+2357,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7941,51 +7925,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3200</w:t>
+2357,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8118,51 +8102,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3200</w:t>
+2357,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8933,8188 +8917,65 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 23 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 28-14 шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="17"/>
+    <w:bookmarkStart w:name="z33" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Мәдениет ауылдық округінің бюджеті</w:t>
-      </w:r>
-[...8121 lines deleted...]
-        <w:t xml:space="preserve"> 2027 жылға арналған Мәдениет ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -17155,70 +9016,8193 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Санаты </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z39" w:id="20"/>
+          <w:bookmarkStart w:name="z34" w:id="20"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Сыныбы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Кірістер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+122955</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9140</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7340</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк кұралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Біріңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа да салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа да салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік мекемелерге бекітілген мемлекеттік мүлікті сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік мекемелерге бекітілген мемлекеттік мүлікті сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+113815</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жоғарғы тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+113815</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+113815</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бағдарлама </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+122955</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жалпы сипаттағы мемлекеттiк қызметтер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әлеуметтiк көмек және әлеуметтiк қамсыздандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5171</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5171</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мұқтаж азаматтарға үйде әлеуметтiк көмек көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5171</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елдi мекендердiң санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Елді мекендерді абаттандыру мен көгалдандыру </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттык кеңістік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49984</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49984</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49984</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Басқалар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+040</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өңірлерді дамытудың 2025 жылға дейінгі бағдарламасы шеңберінде өңірлерді экономикалық дамытуға жәрдемдесу бойынша шараларды іске асыруға ауылдық елді мекендерді жайластыруды шешуге арналған іс-шараларды іске асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жалағаш аудандық мәслихатының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2024 жылғы 23 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 28-14 шешіміне 3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z38" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2027 жылға арналған Мәдениет ауылдық округінің бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Санаты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z39" w:id="22"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -25140,55 +25124,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>