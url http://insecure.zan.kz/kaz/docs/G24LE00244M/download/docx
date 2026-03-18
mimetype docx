--- v0 (2025-12-28)
+++ v1 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f1e5361" w14:textId="f1e5361">
+    <w:p w14:paraId="e2e7b93" w14:textId="e2e7b93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -270,149 +270,149 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 100 692,5 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 99 717,5мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 3 599,8 мың теңге;</w:t>
+      салықтық түсімдер – 3 275 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 61,2 мың теңге;</w:t>
+      салықтық емес түсімдер – 59 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 0;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 327 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 97 031,5 мың теңге;</w:t>
+      трансферттер түсімдері – 96 056,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z13" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 100 838,7 мың теңге;</w:t>
+      2) шығындар – 99 863,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z14" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z15" w:id="8"/>
     <w:p>
@@ -640,54 +640,74 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 296</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен өзерістер енгізілді - Қызылорда облысы Қармақшы аудандық мәслихатының 29.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 319</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен; Қызылорда облысы Қармақшы аудандық мәслихатының 11.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 319</w:t>
+        <w:t>№ 348</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1031,113 +1051,113 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "26" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№244 шешіміне 1-қосымша</w:t>
+              <w:t>№ 244 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z32" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Қуандария ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 29.09.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 319</w:t>
+        <w:t>№ 348</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1203,51 +1223,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1396,51 +1433,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кіші сыныбы</w:t>
+Кішісыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -1734,51 +1771,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100692,5</w:t>
+99717,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1876,87 +1913,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтық түсімдер</w:t>
-[...35 lines deleted...]
-3599,8</w:t>
+Салықтықтүсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3275</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2090,51 +2127,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-700</w:t>
+894,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2268,51 +2305,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-700</w:t>
+894,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2410,87 +2447,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Меншiкке салынатын салықтар</w:t>
-[...35 lines deleted...]
-2662,2</w:t>
+Меншiккесалынатынсалықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2142,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2588,87 +2625,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мүлiкке салынатын салықтар </w:t>
-[...35 lines deleted...]
-62</w:t>
+Мүлiккесалынатынсалықтар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2802,51 +2839,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
+12,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2944,87 +2981,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлiк құралдарына салынатын салық </w:t>
-[...35 lines deleted...]
-2505,2</w:t>
+Көлiкқұралдарынасалынатынсалық </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1981,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3158,51 +3195,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-80</w:t>
+82,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3656,87 +3693,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтық емес түсiмдер</w:t>
-[...35 lines deleted...]
-61,2</w:t>
+Салықтықеместүсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3834,87 +3871,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік меншіктен түсетін кірістер</w:t>
-[...35 lines deleted...]
-58</w:t>
+Мемлекеттікменшіктентүсетінкірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4048,51 +4085,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58</w:t>
+55,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4546,161 +4583,161 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Негізгі капиталды сатудан түсетін түсімдер</w:t>
-[...35 lines deleted...]
-0</w:t>
+Негізгікапиталдысатудантүсетінтүсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+327</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4724,87 +4761,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферттердің түсімдері</w:t>
-[...35 lines deleted...]
-97031,5</w:t>
+Мемлекеттік мекемелерге бекітілген мемлекеттік мүлікті сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+327</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4824,1266 +4861,1225 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
-[...35 lines deleted...]
-97031,5</w:t>
+Мемлекеттік мекемелерге бекітілген мемлекеттік мүлікті сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+327</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...73 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
-[...35 lines deleted...]
-97031,5</w:t>
+Трансферттердіңтүсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+96056,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...66 lines deleted...]
-Сомасы, мың теңге</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiкбасқарудыңжоғарытұрғаноргандарынантүсетiнтрансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+96056,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстықмаңызы бар қаланың) бюджетінентрансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+96056,5</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...56 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...88 lines deleted...]
-Бағдарлама</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдықкіші топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...86 lines deleted...]
-Атауы</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттікбағдарламалардыңәкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...195 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...199 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -6101,369 +6097,365 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-40946,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+99863,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпысипаттағымемлекеттiкқызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6519,196 +6511,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-40432</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiкбасқарудыңжалпыфункцияларынорындайтынөкiлдi, атқарушыжәнебасқаоргандар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40946,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6760,373 +6752,373 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-514,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40946,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-9948,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімініңқызметінқамтамасызетужөніндегіқызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40432</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7146,405 +7138,405 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-9948,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+514,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-9948,4</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғынүй-коммуналдықшаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9589,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7564,196 +7556,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-3775,4</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендердікөркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9589,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7805,373 +7797,373 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-6173</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9589,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-46446</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елдімекендердегікөшелердіжарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3399</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8191,369 +8183,369 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-46446</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елдімекендердіабаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6190,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм жәнеақпараттықкеңістiк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8609,160 +8601,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениетсаласындағықызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8786,228 +8778,228 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-3496,6</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46446</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9027,405 +9019,405 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-3496,6</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергіліктідеңгейдемәдени-демалысжұмысынқолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46446</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-3496,6</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2880,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9445,405 +9437,405 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-3496,6</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2880,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-1,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2880,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9863,369 +9855,369 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-1,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2880,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10281,160 +10273,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Пайдаланылмаған (толық пайдалнылмаған) нысаналы трансферттер қайтару</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10522,160 +10514,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10759,128 +10755,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдалнылмаған) нысаналы трансферттер қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11005,51 +11005,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттерді өтеу</w:t>
+3. Таза бюджеттік кредит беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11210,51 +11210,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
+Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11415,51 +11415,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржы активтерін сатып алу</w:t>
+Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11620,51 +11620,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+4. Қаржыактивтеріменжасалатыноперацияларбойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11825,87 +11825,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5. Бюджет тапшылығы (профициті)</w:t>
-[...35 lines deleted...]
--146,2</w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12030,296 +12030,292 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6. Бюджет тапшылығын қаржыландыру (профицитті пайдалану)</w:t>
-[...35 lines deleted...]
-146,2</w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-146,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-146,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12339,160 +12335,156 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Бюджет қаражаты қалдықтары</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Бюджет тапшылығынқаржыландыру (профициттіпайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12516,50 +12508,468 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаттарының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+146,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+146,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -12699,71 +13109,50 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 146,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...19 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12823,64 +13212,64 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "26" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№244 шешіміне 2-қосымша</w:t>
+              <w:t>№ 244 шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z37" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Қуандария ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:tbl>
       <w:tblPr>
@@ -12957,51 +13346,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16415,51 +16821,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -22141,64 +22564,64 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "26" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№244 шешіміне 3-қосымша</w:t>
+              <w:t>№ 244 шешіміне 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z42" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Қуандария ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
@@ -22275,51 +22698,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25733,51 +26173,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -31459,64 +31916,64 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "26" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№244 шешіміне 4-қосымша</w:t>
+              <w:t>№ 244 шешіміне 4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z47" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Қуандария ауылдық округінің бюджетінде республикалық бюджет есебінен қаралған нысаналы трансферттер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
@@ -31624,51 +32081,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -32278,113 +32752,113 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "26" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№244 шешіміне 5-қосымша</w:t>
+              <w:t>№ 244 шешіміне 5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z52" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Қуандария ауылдық округінің бюджетінде аудандық бюджет есебінен қаралған нысаналы трансферттер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 5-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 29.09.2025 </w:t>
+      Ескерту. 5-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 319</w:t>
+        <w:t>№ 348</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -32481,51 +32955,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -32590,51 +33081,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13 821,5</w:t>
+12 846,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -32703,51 +33194,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 496,6</w:t>
+2 880,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -32930,825 +33421,50 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4 465,0</w:t>
-            </w:r>
-[...773 lines deleted...]
-13 821,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -33780,55 +33496,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>