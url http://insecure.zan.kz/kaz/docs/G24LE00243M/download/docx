--- v0 (2025-11-11)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3b3d248" w14:textId="3b3d248">
+    <w:p w14:paraId="4185adf" w14:textId="4185adf">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -254,362 +254,356 @@
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) кірістер – 338 223 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 236 569,3 мың теңге, оның ішінде:</w:t>
+      салықтық түсімдер – 23 815 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 0;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 717,4 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 213 854,3 мың теңге;</w:t>
+      трансферттер түсімдері – 313 690,6 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 236 787,6 мың теңге;</w:t>
+      2) шығындар – 338 441,3 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="6"/>
+    <w:bookmarkStart w:name="z15" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z16" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z16" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z17" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z17" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z18" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z18" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z19" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – -218,3 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 218,3 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу - 0;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -667,187 +661,207 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); өзгерістер енгізілді - Қызылорда облысы Қармақшы аудандық мәслихатының 17.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 295</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); Қызылорда облысы Қармақшы аудандық мәслихатының 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімдерімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға аудандық бюджеттен Алдашбай Ахун ауылдық округінің бюджетіне берілетін бюджеттік субвенция көлемі 64 340 мың теңге мөлшерінде белгіленгені ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z24" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. 2025 жылға арналған Алдашбай Ахун ауылдық округінің бюджетінде республикалық бюджет есебінен қаралған нысаналы трансферттер </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. 2025 жылға арналған Алдашбай Ахун ауылдық округінің бюджетінде аудандық бюджет есебінен қаралған нысаналы трансферттер </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z53" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z53" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1. 2024 жылы аудандық бюджеттен бөлінген мақсатты трансферттердің пайдаланылмаған (толық пайдаланылмаған) 0,3 мың теңгені аудандық бюджетке қайтару ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -866,70 +880,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1127,129 +1141,113 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "26" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№243 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Алдашбай Ахун ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 17.06.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 06.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 295</w:t>
+        <w:t>№ 325</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1315,51 +1313,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1846,51 +1861,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-236569,3</w:t>
+338223</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2024,51 +2039,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22715</w:t>
+23815</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2202,51 +2217,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21300</w:t>
+22400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2380,51 +2395,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21300</w:t>
+22400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3804,125 +3819,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+717,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3946,87 +3961,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферттердің түсімдері</w:t>
-[...35 lines deleted...]
-213854,3</w:t>
+Мемлекеттік мекемелерге бекітілген мемлекеттік мүлікті сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+717,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4046,1266 +4061,1225 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
-[...35 lines deleted...]
-213854,3</w:t>
+Мемлекеттік мекемелерге бекітілген мемлекеттік мүлікті сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+717,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...73 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
-[...35 lines deleted...]
-213854,3</w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+313690,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...66 lines deleted...]
-Сомасы, мың теңге</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+313690,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+313690,6</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...56 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...88 lines deleted...]
-Бағдарлама</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық кіші топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...86 lines deleted...]
-Атауы</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...195 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...199 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -5323,405 +5297,401 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-42065</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+338441,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-42065</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жалпы сипаттағы көрсетілетін мемлекеттiк қызметтер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38065</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5741,196 +5711,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-35645</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38065</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5982,164 +5952,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-2420</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38065</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6232,541 +6202,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-032</w:t>
-[...71 lines deleted...]
-4000</w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35645</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-67812,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2420</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-67812,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69629,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6786,196 +6756,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-67812,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69629,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7027,164 +6997,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-44473</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69629,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7277,123 +7247,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-227</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45073</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7486,541 +7456,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-23112,3</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+227</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-24849</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24329,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-24849</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28849</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8040,196 +8010,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-24849</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет саласындағы қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28849</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8281,582 +8251,582 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-24849</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28849</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-102061</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28849</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-102061</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+201897,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8876,196 +8846,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-102061</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+201897,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9117,447 +9087,447 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-102061</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+201897,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-0,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+201897,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -9712,160 +9682,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9953,128 +9923,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Пайдаланылмаған (толық пайдалнылмаған) нысаналы трансферттер қайтару</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10194,128 +10164,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдалнылмаған) нысаналы трансферттер қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10440,51 +10414,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттер</w:t>
+3. Таза бюджеттік кредит беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10645,51 +10619,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттерді өтеу</w:t>
+Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10850,51 +10824,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
+Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11055,51 +11029,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржы активтерін сатып алу</w:t>
+4. Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11260,51 +11234,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11465,87 +11439,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5. Бюджет тапшылығы (профициті)</w:t>
-[...35 lines deleted...]
--218,3</w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11670,260 +11644,256 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6. Бюджет тапшылығын қаржыландыру (профицитті пайдалану)</w:t>
-[...35 lines deleted...]
-218,3</w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-218,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...140 lines deleted...]
-Бюджет қаражаттарының пайдаланылатын қалдықтары</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Бюджет тапшылығын қаржыландыру (профицитті пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11947,192 +11917,192 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Бюджет қаражаты қалдықтары</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаттарының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12188,50 +12158,259 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+218,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -12339,50 +12518,71 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 218,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12442,87 +12642,87 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "26" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№243 шешіміне 2-қосымша</w:t>
+              <w:t>№ 243 шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z37" w:id="19"/>
+    <w:bookmarkStart w:name="z37" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Алдашбай Ахун ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -12576,51 +12776,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15678,51 +15895,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -21404,87 +21638,87 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "26" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№243 шешіміне 3-қосымша</w:t>
+              <w:t>№ 243 шешіміне 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z42" w:id="20"/>
+    <w:bookmarkStart w:name="z42" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Алдашбай Ахун ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -21538,51 +21772,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -24640,51 +24891,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -30366,87 +30634,87 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "26" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№243 шешіміне 4-қосымша</w:t>
+              <w:t>№ 243 шешіміне 4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z47" w:id="21"/>
+    <w:bookmarkStart w:name="z47" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Алдашбай Ахун ауылдық округінің бюджетінде республикалық бюджет есебінен қаралған нысаналы трансферттер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -30531,51 +30799,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -31185,147 +31470,140 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "26" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№243 шешіміне 5-қосымша</w:t>
+              <w:t>№ 243 шешіміне 5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z52" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025 жылға арналған Алдашбай Ахун ауылдық округінің бюджетінде аудандық бюджет есебінен қаралған нысаналы трансферттер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-</w:t>
+        <w:t xml:space="preserve">
+      Ескерту. 5-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 325</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Алдашбай Ахун ауылдық округінің бюджетінде аудандық бюджет есебінен қаралған нысаналы трансферттер</w:t>
       </w:r>
-    </w:p>
-[...43 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -31411,51 +31689,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -31520,51 +31815,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-149 416,3</w:t>
+249 252,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -32198,51 +32493,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100 000,0</w:t>
+199 836,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -32408,86 +32703,62 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-149 416,3</w:t>
+249 252,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...22 lines deleted...]
-      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -32508,55 +32779,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>