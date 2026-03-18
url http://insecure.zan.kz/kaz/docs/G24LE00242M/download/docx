--- v0 (2025-11-09)
+++ v1 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fb4a54a" w14:textId="fb4a54a">
+    <w:p w14:paraId="2c62340" w14:textId="2c62340">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -210,334 +210,332 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. 2025-2027 жылдарға арналған Дауылкөл ауылдық округінің бюджеті тиісінше 1, 2 және 3-қосымшаларға сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 121 012,4 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 132 465,4 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      салықтық түсімдер – 6 706,9 мың теңге;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 6 706,9 мың теңге;</w:t>
+      салықтық емес түсімдер – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 0;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 344,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 344,1 мың теңге;</w:t>
+      трансферттер түсімдері – 125 414,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 113 961,4 мың теңге;</w:t>
+      2) шығындар – 132 846,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z15" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z16" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z18" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – -381,5 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 381,5 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z22" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -575,127 +573,147 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 26.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 318</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен; өзгерістер енгізілді - Қызылорда облысы Қармақшы аудандық мәслихатының 11.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға аудандық бюджеттен Дауылкөл ауылдық округінің бюджетіне берілетін бюджеттік субвенция көлемі 97 864 мың теңге мөлшерінде белгіленгені ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. 2025 жылға арналған Дауылкөл ауылдық округінің бюджетінде республикадық бюджет есебінен қаралған нысаналы трансферттер </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1. 2024 жылы облыстық бюджеттен бөлінген мақсатты трансферттердің пайдаланылмаған (толық пайдаланылмаған) 0,1 мың теңгені аудандық бюджетке қайтару ескерілсін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -892,130 +910,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға аудандық бюджеттен Дауылкөл ауылдық округінің бюджетіне берілетін бюджеттік субвенция көлемі 97 864 мың теңге мөлшерінде белгіленгені ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. 2025 жылға арналған Дауылкөл ауылдық округінің бюджетінде республикадық бюджет есебінен қаралған нысаналы трансферттер </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1213,111 +1231,111 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "26" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№242 шешіміне 1-қосымша</w:t>
+              <w:t>№ 242 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Дауылкөл ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 26.09.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 318</w:t>
+        <w:t>№ 346</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1383,51 +1401,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1914,51 +1949,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-121012,4</w:t>
+132465,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2270,51 +2305,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3400</w:t>
+3704,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2448,51 +2483,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3400</w:t>
+3704,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2626,51 +2661,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3166,9</w:t>
+2841,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2804,51 +2839,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-210</w:t>
+183</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2982,51 +3017,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48</w:t>
+30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3160,51 +3195,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2900</w:t>
+2615</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3338,51 +3373,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8,9</w:t>
+13,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3516,51 +3551,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-140</w:t>
+160,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3694,51 +3729,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-140</w:t>
+160,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4940,51 +4975,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-113961,4</w:t>
+125414,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5118,51 +5153,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-113961,4</w:t>
+125414,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5296,51 +5331,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-113961,4</w:t>
+125414,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5375,51 +5410,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6008,51 +6060,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-121393,9</w:t>
+132846,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6217,51 +6269,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50730,4</w:t>
+50747,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6426,51 +6478,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50730,4</w:t>
+50747,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6635,51 +6687,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50730,4</w:t>
+50747,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6844,51 +6896,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49542</w:t>
+49631,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7053,51 +7105,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1188,4</w:t>
+1115,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7262,51 +7314,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23983,6</w:t>
+23966,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7471,51 +7523,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23983,6</w:t>
+23966,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7680,51 +7732,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23983,6</w:t>
+23966,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7889,51 +7941,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17822,6</w:t>
+17818,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8307,51 +8359,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5396</w:t>
+5383,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8516,51 +8568,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46379</w:t>
+57832</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8725,51 +8777,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46379</w:t>
+57832</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8934,51 +8986,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46379</w:t>
+57832</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9143,51 +9195,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46379</w:t>
+57832</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12355,84 +12407,9080 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "26" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 26  желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№242 шешіміне 2-қосымша</w:t>
+              <w:t>№ 242 шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z36" w:id="22"/>
+    <w:bookmarkStart w:name="z36" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Дауылкөл ауылдық округінің бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+105821</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6915</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3670</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+215</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3405</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және қызметтерге салынатын ішкі салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+145</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+145</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+98906</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+98906</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстықмаңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+98906</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық кіші топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+105821</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49495</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49495</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49495</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49495</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10836</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10836</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10836</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3779</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45490</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет саласындағы қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45490</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45490</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45490</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Таза бюджеттік кредит беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Бюджет тапшылығын қаржыландыру (профицитті пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаттарының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қызылорда облысы Қармақшы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аудандық мәслихатының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 242 шешіміне 3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z41" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2027 жылға арналған Дауылкөл ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
@@ -12489,51 +21537,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13020,51 +22085,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-105821</w:t>
+107414</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13198,51 +22263,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6915</w:t>
+7132</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13376,51 +22441,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3100</w:t>
+3200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13554,51 +22619,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3100</w:t>
+3200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13732,51 +22797,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3670</w:t>
+3782</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13910,51 +22975,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-215</w:t>
+220</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14088,51 +23153,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50</w:t>
+52</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14266,51 +23331,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3405</w:t>
+3510</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14444,51 +23509,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-145</w:t>
+150</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14622,51 +23687,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-145</w:t>
+150</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15156,51 +24221,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-98906</w:t>
+100282</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15334,51 +24399,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-98906</w:t>
+100282</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15512,51 +24577,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-98906</w:t>
+100282</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -15591,51 +24656,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -16224,51 +25306,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-105821</w:t>
+107414</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16397,87 +25479,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
-[...35 lines deleted...]
-49495</w:t>
+Жалпысипаттағымемлекеттiкқызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49907</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16642,51 +25724,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49495</w:t>
+49907</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16851,51 +25933,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49495</w:t>
+49907</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17060,51 +26142,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49495</w:t>
+49907</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17233,87 +26315,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тұрғын үй-коммуналдық шаруашылық</w:t>
-[...35 lines deleted...]
-10836</w:t>
+Тұрғынүй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11271</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17478,51 +26560,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10836</w:t>
+11271</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17687,51 +26769,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10836</w:t>
+11271</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17896,51 +26978,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3779</w:t>
+3931</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18105,51 +27187,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7057</w:t>
+7340</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18314,51 +27396,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45490</w:t>
+46236</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18523,51 +27605,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45490</w:t>
+46236</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18732,51 +27814,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45490</w:t>
+46236</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18941,51 +28023,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45490</w:t>
+46236</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21330,9036 +30412,74 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 26 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№242 шешіміне 3-қосымша</w:t>
+              <w:t>№ 242 шешіміне 4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z41" w:id="23"/>
-[...8961 lines deleted...]
-    <w:bookmarkStart w:name="z46" w:id="24"/>
+    <w:bookmarkStart w:name="z46" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Дауылкөл ауылдық округінің бюджетінде республикалық бюджет есебінен қаралған нысаналы трансферттер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -30444,51 +30564,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -31130,94 +31267,114 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 26 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 242 шешіміне 5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z48" w:id="25"/>
+    <w:bookmarkStart w:name="z48" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Дауылкөл ауылдық округінің бюджетінде аудандық бюджет есебінен қаралған нысаналы трансферттер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Шешім 5-қосымшамен толықтырылды - Қызылорда облысы Қармақшы аудандық мәслихатының 26.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 318</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен; өзгерістер енгізілді - Қызылорда облысы Қармақшы аудандық мәслихатының 11.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -31314,51 +31471,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -31423,51 +31597,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 837,4</w:t>
+27 290,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -31794,229 +31968,455 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қуандық Бүрлібаев атындағы ауылдық клубы сот шешіміне сәйкес талап берушіге өтеп беруге</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 953,0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Қуандық Бүрлібаев атындағы ауылдық клубына ЛЭД экран сатып алуға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 500,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 837,4</w:t>
+27 290,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -32048,55 +32448,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>