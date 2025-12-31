--- v0 (2025-11-13)
+++ v1 (2025-12-31)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="38d3949" w14:textId="38d3949">
+    <w:p w14:paraId="e18ca02" w14:textId="e18ca02">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2025-2027 жылдарға арналған Ақжар ауылдық округінің бюджеті туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қызылорда облысы Қармақшы аудандық мәслихатының 2024 жылғы 26 желтоқсандағы № 241 шешiмi</w:t>
+        <w:t>Қызылорда облысы Қармақшы аудандық мәслихатының 2024 жылғы 26 желтоқсандағы № 241 шешiмi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескерту. 01.01.2025 жылдан бастап қолданысқа енгізіледі осы шешімнің 6 тармағымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -174,68 +174,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының 6-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-7-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қызылорда облысы Қармақшы аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдарға арналған Ақжар ауылдық округінің бюджеті </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -270,598 +253,689 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 431 696 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 429 487,8 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 6 290 мың теңге;</w:t>
+      салықтық түсімдер – 6 235 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 140 мың теңге;</w:t>
+      салықтық емес түсімдер – 158 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 250 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 287 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 425 016 мың теңге;</w:t>
+      трансферттер түсімдері – 422 807,8 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 431 696 мың теңге;</w:t>
+      2) шығындар – 429 688,7 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z13" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджеттік кредиттер - 0;</w:t>
+      бюджеттік кредиттер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджеттік кредиттерді өтеу - 0;</w:t>
+      бюджеттік кредиттерді өтеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z16" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қаржы активтерін сатып алу - 0;</w:t>
+      қаржы активтерін сатып алу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – 0;</w:t>
+      5) бюджет тапшылығы (профициті) – -200,9 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 0;</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 200,9 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қарыздар түсімі - 0;</w:t>
+      қарыздар түсімі – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қарыздарды өтеу - 0;</w:t>
+      қарыздарды өтеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражаттарының пайдаланылатын қалдықтары –0.</w:t>
+      бюджет қаражаттарының пайдаланылатын қалдықтары – 200,9 мың теңге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 324</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға аудандық бюджеттен Ақжар ауылдық округінің бюджетіне берілетін бюджеттік субвенция көлемі 90 349 мың теңге мөлшерінде белгіленгені ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. 2025 жылға арналған Ақжар ауылдық округінің бюджетінде республикалық бюджет есебінен қаралған нысаналы трансферттер </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. 2025 жылға арналған Ақжар ауылдық округінің бюджетінде облыстық бюджет есебінен қаралған нысаналы трансферттер </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. 2025 жылға арналған Ақжар ауылдық округінің бюджетінде аудандық бюджет есебінен қаралған нысаналы трансферттер </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1. 2024 жылы аудандық бюджеттен бөлінген мақсатты трансферттердің пайдаланылмаған (толық пайдаланылмаған) 0,8 мың теңгені аудандық бюджетке қайтару ескерілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Шешім 5-1-тармақпен толықтырылды - Қызылорда облысы Қармақшы аудандық мәслихатының 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 324</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -956,56 +1030,35493 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ә.Қошалақов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қызылорда облысы Қармақшы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аудандық мәслихатының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 241 шешіміне 1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z33" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025 жылға арналған Ақжар ауылдық округінің бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 324</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+429487,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6235</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2617</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2617</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3528</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+195</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+165</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3143</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықтар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+158</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік меншіктен түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+148</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+148</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) ұсталатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мұнай секторы ұйымдарынан түсетін, Жәбірленушілерге өтемақы қорына, Білім беру инфрақұрылымын қолдау қорына және Арнаулы мемлекеттік қорға түсетін түсімдерді қоспағанда, мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) ұсталатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+287</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді және материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+287</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+287</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+422807,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+422807,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+422807,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық кіші топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+429688,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жалпы сипаттағы мемлекеттiк қызметтер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52561</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52561</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52561</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50634</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1927</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7826,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7826,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7826,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1460,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6366,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50182</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет саласындағы қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50182</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50182</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50182</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192165</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192165</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192165</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+00450</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192175</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+126953</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+126953</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+126953</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+058</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылымдарды дамыту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+126953</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттер қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Таза бюджеттік кредит беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-200,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Бюджет тапшылығын қаржыландыру (профицитті пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаттарының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қызылорда облысы Қармақшы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аудандық мәслихатының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 241 шешіміне 2 қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z38" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026 жылға арналған Ақжар ауылдық округінің бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+98204</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6515</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3765</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+145</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3245</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+175</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықтар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+145</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік меншіктен түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+145</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+145</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді және материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+91244</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+91244</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+91244</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық кіші топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+98204</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жалпы сипаттағы мемлекеттiк қызметтер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50483</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50483</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50483</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50483</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1915</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1915</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1915</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1310</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+605</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45806</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет саласындағы қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45806</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45806</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45806</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Таза бюджеттік кредит беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Бюджет тапшылығын қаржыландыру (профицитті пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаттарының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қызылорда облысы Қармақшы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аудандық мәслихатының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 241 шешіміне 3 қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z43" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2027 жылға арналған Ақжар ауылдық округінің бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+99563</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6740</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3885</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+205</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3350</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+180</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықтар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+155</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+155</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік меншіктен түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+350</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді және материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+350</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+350</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+92323</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+92323</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+92323</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық кіші топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+99563</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жалпы сипаттағы мемлекеттiк қызметтер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1993</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1993</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1993</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1363</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+630</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46544</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет саласындағы қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46544</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46544</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46544</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Таза бюджеттік кредит беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Бюджет тапшылығын қаржыландыру (профицитті пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаттарының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қызылорда облысы Қармақшы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аудандық мәслихатының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2024 жылғы 26 " желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 241 шешіміне 4-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z48" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025 жылға арналған Ақжар ауылдық округінің бюджетінде республикалық бюджет есебінен қаралған нысаналы трансферттер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нысаналы даму трансферттер:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+125 238,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының Ұлттық қоры есебінен:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылымдарды дамыту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+125 238,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызылорда облысы Қармақшы ауданы Ақжар ауылының А.Құнанбаев көшесінің құрылыс жұмыстарына</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+125 238,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ағымдағы нысаналы трансферттер:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+301,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық бюджет есебінен:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік бюджет қаражаты есебінен ұсталатын азаматтық қызметшілердің жекелеген санаттарының, ұйымдар жұмыскерлерінің, қазыналық кәсіпорындар жұмыскерлерінің жалақысын арттыруға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+301,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оның ішінде:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақжар ауылдық округі әкімінің аппаратына</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+119,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сәрсенбай Бөртебайұлы атындағы клуб үйіне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+182,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+125 539,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қызылорда облысы Қармақшы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аудандық мәслихатының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 241 шешіміне 5-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z53" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025 жылға арналған Ақжар ауылдық округінің бюджетінде облыстық бюджет есебінен қаралған нысаналы трансферттер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 5-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 324</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ағымдағы нысаналы трансферттер:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192 165,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қармақшы ауданы, Ақжар ауылдық округі Ш.Уалиханов, Р.Жиенбаев, С.Сейфуллин көшелерін күрделі жөндеуге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192 165,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192 165,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
@@ -1077,31754 +36588,125 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "26" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№241 шешіміне 1-қосымша</w:t>
+              <w:t>№ 241 шешіміне 6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="20"/>
+    <w:bookmarkStart w:name="z58" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2025 жылға арналған Ақжар ауылдық округінің бюджеті</w:t>
+        <w:t xml:space="preserve"> 2025 жылға арналған Ақжар ауылдық округінің бюджетінде аудандық бюджет есебінен қаралған нысаналы трансферттер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-[...11801 lines deleted...]
-    </w:tbl>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...129 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2026 жылға арналған Ақжар ауылдық округінің бюджеті</w:t>
+        <w:t xml:space="preserve">
+      Ескерту. 6-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 06.11.2025 </w:t>
       </w:r>
-    </w:p>
-[...9848 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2027 жылға арналған Ақжар ауылдық округінің бюджеті</w:t>
+        <w:t>№ 324</w:t>
       </w:r>
-    </w:p>
-[...9848 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2025 жылға арналған Ақжар ауылдық округінің бюджетінде республикалық бюджет есебінен қаралған нысаналы трансферттер</w:t>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -32909,51 +36791,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -32982,847 +36881,879 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Нысаналы даму трансферттер:</w:t>
+Ағымдағы нысаналы трансферттер:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-125 238,0</w:t>
+13 039,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының Ұлттық қоры есебінен:</w:t>
+Ақжар ауылы Ораз ахун көшесі бойындағы спорт алаңын орналастыру жұмыстарына</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылымдарды дамыту</w:t>
+Ақжар ауылдық округі әкімі аппаратының материалдық техникалық базасын нығатуға (2 дана компьютер жиынтығы, 2 дана принтер 3/1, 1 дана ноутбук сатып алуға)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-125 238,0</w:t>
+1 567,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қызылорда облысы Қармақшы ауданы Ақжар ауылының А.Құнанбаев көшесінің құрылыс жұмыстарына</w:t>
+Қармақшы ауданы, Ақжар ауылдық округі Ш.Уалиханов, Р.Жиенбаев, С.Сейфуллин көшелерін күрделі жөндеуге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-125 238,0</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ағымдағы нысаналы трансферттер:</w:t>
+Ақжар ауылындағы С.Бөртебайұлы атындағы ауылдық клуб үйіне ЛЭД экран сатып алуға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-301,0</w:t>
+4 911,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Республикалық бюджет есебінен:</w:t>
+Ақжар ауылындағы А.Иманов көшесіне мемлекеттік акт жасату қызметіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+417,0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік бюджет қаражаты есебінен ұсталатын азаматтық қызметшілердің жекелеген санаттарының, ұйымдар жұмыскерлерінің, қазыналық кәсіпорындар жұмыскерлерінің жалақысын арттыруға</w:t>
+Ақжар ауылдық округіне Ораз Ахун көшесіндегі спорт алаңына ағымдағы жөндеу жұмыстарына</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-301,0</w:t>
+5 784,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-оның ішінде:</w:t>
+Ақжар ауылдық округі әкімі аппаратына планшет сатып алуға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360,0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -33850,586 +37781,313 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ақжар ауылдық округі әкімінің аппаратына</w:t>
+Нысаналы даму трансферттер:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-119,0</w:t>
+1 715,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сәрсенбай Бөртебайұлы атындағы клуб үйіне</w:t>
+Ақжар ауылындағы А.Құнанбаев көшесіне құрылыс жұмыстарының және материалдарының сапасын зерттеу қызметіне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-182,0</w:t>
+1 715,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Барлығы:</w:t>
+Ақжар ауылы К.Рүстембеков, А. Иманов, А. Бөлегенов көшелеріне жаңа құрылыс жүргізуге жобалық-сметалық құжаттама әзірлеуге және сараптамадан өткізуге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-125 539,0</w:t>
-[...280 lines deleted...]
-Сомасы, мың теңге</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -34449,1491 +38107,197 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қармақшы ауданы, Ақжар ауылдық округі Ш.Уалиханов, Р.Жиенбаев, С.Сейфуллин көшелерін күрделі жөндеуге</w:t>
+Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-193 697,0</w:t>
-[...1281 lines deleted...]
-15 431,0</w:t>
+14 754,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -35965,55 +38329,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>