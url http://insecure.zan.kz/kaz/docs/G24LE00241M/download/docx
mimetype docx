--- v1 (2025-12-31)
+++ v2 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e18ca02" w14:textId="e18ca02">
+    <w:p w14:paraId="c3880f6" w14:textId="c3880f6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -270,334 +270,332 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 429 487,8 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 408 525,7 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      салықтық түсімдер – 6 235 мың теңге;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 6 235 мың теңге;</w:t>
+      салықтық емес түсімдер – 158 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 158 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 287 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 287 мың теңге;</w:t>
+      трансферттер түсімдері – 401 845,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 422 807,8 мың теңге;</w:t>
+      2) шығындар – 408 726,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z15" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z16" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z18" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – -200,9 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 200,9 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z22" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -635,207 +633,227 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 06.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 324</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен; өзгерістер енгізілді - Қызылорда облысы Қармақшы аудандық мәслихатының 11.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 345</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға аудандық бюджеттен Ақжар ауылдық округінің бюджетіне берілетін бюджеттік субвенция көлемі 90 349 мың теңге мөлшерінде белгіленгені ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. 2025 жылға арналған Ақжар ауылдық округінің бюджетінде республикалық бюджет есебінен қаралған нысаналы трансферттер </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. 2025 жылға арналған Ақжар ауылдық округінің бюджетінде облыстық бюджет есебінен қаралған нысаналы трансферттер </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. 2025 жылға арналған Ақжар ауылдық округінің бюджетінде аудандық бюджет есебінен қаралған нысаналы трансферттер </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1. 2024 жылы аудандық бюджеттен бөлінген мақсатты трансферттердің пайдаланылмаған (толық пайдаланылмаған) 0,8 мың теңгені аудандық бюджетке қайтару ескерілсін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -872,70 +890,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1152,94 +1170,94 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 26 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 241 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="22"/>
+    <w:bookmarkStart w:name="z33" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Ақжар ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 06.11.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 324</w:t>
+        <w:t>№ 345</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1853,51 +1871,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-429487,8</w:t>
+408525,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5235,51 +5253,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-422807,8</w:t>
+401845,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5413,51 +5431,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-422807,8</w:t>
+401845,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5591,51 +5609,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-422807,8</w:t>
+401845,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6320,51 +6338,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-429688,7</w:t>
+408726,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6529,51 +6547,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52561</w:t>
+53264,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6738,51 +6756,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52561</w:t>
+53264,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6947,51 +6965,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52561</w:t>
+53264,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7156,51 +7174,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50634</w:t>
+51337,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7574,51 +7592,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7826,9</w:t>
+7123,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7783,51 +7801,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7826,9</w:t>
+7123,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7992,51 +8010,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7826,9</w:t>
+7123,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8201,51 +8219,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1460,1</w:t>
+908</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8410,51 +8428,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6366,8</w:t>
+6215,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10082,51 +10100,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-192175</w:t>
+192165</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10291,51 +10309,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-126953</w:t>
+105990,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10500,51 +10518,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-126953</w:t>
+105990,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10709,51 +10727,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-126953</w:t>
+105990,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10918,51 +10936,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-126953</w:t>
+105990,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14567,65 +14585,9951 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 26 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 241 шешіміне 2 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z38" w:id="23"/>
+    <w:bookmarkStart w:name="z38" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Ақжар ауылдық округінің бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+98204</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6515</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3765</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+145</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3245</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+175</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықтар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+145</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік меншіктен түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+145</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+145</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді және материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+91244</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+91244</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+91244</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық кіші топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+98204</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жалпы сипаттағы мемлекеттiк қызметтер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50483</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50483</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50483</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50483</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1915</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1915</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1915</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1310</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+605</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45806</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет саласындағы қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45806</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45806</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45806</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Таза бюджеттік кредит беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Бюджет тапшылығын қаржыландыру (профицитті пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаттарының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қызылорда облысы Қармақшы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аудандық мәслихатының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 241 шешіміне 3 қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z43" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2027 жылға арналған Ақжар ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
@@ -15230,51 +25134,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-98204</w:t>
+99563</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15408,51 +25312,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6515</w:t>
+6740</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15586,51 +25490,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2600</w:t>
+2700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15764,51 +25668,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2600</w:t>
+2700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15942,51 +25846,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3765</w:t>
+3885</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16120,51 +26024,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200</w:t>
+205</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16298,51 +26202,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-145</w:t>
+150</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16476,51 +26380,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3245</w:t>
+3350</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16654,51 +26558,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-175</w:t>
+180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16832,51 +26736,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-150</w:t>
+155</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17010,51 +26914,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-150</w:t>
+155</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17188,51 +27092,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-145</w:t>
+150</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17366,51 +27270,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-145</w:t>
+150</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17544,51 +27448,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-145</w:t>
+150</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17722,51 +27626,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300</w:t>
+350</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17900,51 +27804,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300</w:t>
+350</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18078,51 +27982,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300</w:t>
+350</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18256,51 +28160,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91244</w:t>
+92323</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18434,51 +28338,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91244</w:t>
+92323</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18612,51 +28516,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91244</w:t>
+92323</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -19341,51 +29245,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-98204</w:t>
+99563</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19550,51 +29454,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50483</w:t>
+51026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19759,51 +29663,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50483</w:t>
+51026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19968,51 +29872,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50483</w:t>
+51026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20177,51 +30081,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50483</w:t>
+51026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20386,51 +30290,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1915</w:t>
+1993</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20595,51 +30499,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1915</w:t>
+1993</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20804,51 +30708,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1915</w:t>
+1993</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21013,51 +30917,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1310</w:t>
+1363</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21222,51 +31126,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-605</w:t>
+630</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21431,51 +31335,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45806</w:t>
+46544</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21640,51 +31544,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45806</w:t>
+46544</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21849,51 +31753,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45806</w:t>
+46544</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22058,51 +31962,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45806</w:t>
+46544</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -24447,11472 +34351,100 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 26 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 241 шешіміне 3 қосымша</w:t>
+              <w:t>№ 241 шешіміне 4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z43" w:id="24"/>
-[...9885 lines deleted...]
-    <w:bookmarkStart w:name="z48" w:id="25"/>
+    <w:bookmarkStart w:name="z48" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Ақжар ауылдық округінің бюджетінде республикалық бюджет есебінен қаралған нысаналы трансферттер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-[...1485 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 5-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 06.11.2025 </w:t>
+      Ескерту. 4-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 324</w:t>
+        <w:t>№ 345</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -36099,302 +34631,306 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ағымдағы нысаналы трансферттер:</w:t>
+Нысаналы даму трансферттер:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-192 165,0</w:t>
+84 815,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қармақшы ауданы, Ақжар ауылдық округі Ш.Уалиханов, Р.Жиенбаев, С.Сейфуллин көшелерін күрделі жөндеуге</w:t>
+Қазақстан Республикасының Ұлттық қоры есебінен:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылымдарды дамыту</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+84 815,0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -36422,113 +34958,952 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Қызылорда облысы Қармақшы ауданы Ақжар ауылының А.Құнанбаев көшесінің құрылыс жұмыстарына</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+84 815,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ағымдағы нысаналы трансферттер:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+301,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық бюджет есебінен:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік бюджет қаражаты есебінен ұсталатын азаматтық қызметшілердің жекелеген санаттарының, ұйымдар жұмыскерлерінің, қазыналық кәсіпорындар жұмыскерлерінің жалақысын арттыруға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+301,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оның ішінде:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақжар ауылдық округі әкімінің аппаратына</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+119,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сәрсенбай Бөртебайұлы атындағы клуб үйіне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+182,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-192 165,0</w:t>
+85 116,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...19 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -36601,74 +35976,1053 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 26 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 241 шешіміне 6-қосымша</w:t>
+              <w:t>№ 241 шешіміне 5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z58" w:id="27"/>
+    <w:bookmarkStart w:name="z53" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025 жылға арналған Ақжар ауылдық округінің бюджетінде облыстық бюджет есебінен қаралған нысаналы трансферттер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 5-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 11.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 345</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ағымдағы нысаналы трансферттер:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192 165,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қармақшы ауданы, Ақжар ауылдық округі Ш.Уалиханов, Р.Жиенбаев, С.Сейфуллин көшелерін күрделі жөндеуге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192 165,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нысаналы даму трансферттер:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19 460,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызылорда облысы Қармақшы ауданы Ақжар ауылының А.Құнанбаев көшесінің құрылыс жұмыстарына</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19 460,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+211 625,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қызылорда облысы Қармақшы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аудандық мәслихатының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 241 шешіміне 6-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z58" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Ақжар ауылдық округінің бюджетінде аудандық бюджет есебінен қаралған нысаналы трансферттер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 6-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 06.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -38329,55 +38683,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>