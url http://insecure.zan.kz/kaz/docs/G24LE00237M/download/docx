--- v0 (2025-11-11)
+++ v1 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="504bbb5" w14:textId="504bbb5">
+    <w:p w14:paraId="eb94839" w14:textId="eb94839">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -174,68 +174,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының 6-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-7-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қызылорда облысы Қармақшы аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдарға арналған Иіркөл ауылдық округінің бюджеті </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -270,167 +253,166 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 95 067 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 94 558,9 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 4 100 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 90 967 мың теңге;</w:t>
+      трансферттер түсімдері – 90 458,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z13" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 95 258,5 мың теңге;</w:t>
+      2) шығындар – 94 750,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z14" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z15" w:id="8"/>
     <w:p>
@@ -651,50 +633,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 17.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 291</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен; өзгерістер енгізілді - Қызылорда облысы Қармақшы аудандық мәслихатының 11.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 343</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1029,129 +1031,113 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "26" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№237 шешіміне 1-қосымша</w:t>
+              <w:t>№ 237 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Иіркөл ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 17.06.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 291</w:t>
+        <w:t>№ 343</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1217,51 +1203,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1748,51 +1751,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-95067</w:t>
+94558,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2104,51 +2107,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1900</w:t>
+1991,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2282,51 +2285,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1900</w:t>
+1991,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2460,51 +2463,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2157</w:t>
+2028,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2638,51 +2641,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-90</w:t>
+115,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2994,51 +2997,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1800</w:t>
+1646,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3350,51 +3353,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43</w:t>
+79,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3528,51 +3531,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43</w:t>
+79,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4062,51 +4065,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-90967</w:t>
+90458,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4240,51 +4243,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-90967</w:t>
+90458,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4418,51 +4421,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-90967</w:t>
+90458,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4497,51 +4500,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5130,51 +5150,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-95258,5</w:t>
+94750,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6175,51 +6195,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30158</w:t>
+29649,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6384,51 +6404,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30158</w:t>
+29649,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6593,51 +6613,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30158</w:t>
+29649,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6802,51 +6822,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27198</w:t>
+26689,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10223,9042 +10243,84 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "26" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№237 шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z37" w:id="20"/>
+    <w:bookmarkStart w:name="z37" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Иіркөл ауылдық округінің бюджеті</w:t>
-      </w:r>
-[...8956 lines deleted...]
-        <w:t xml:space="preserve"> 2027 жылға арналған Иіркөл ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
@@ -19315,51 +10377,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19846,51 +10925,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-68326</w:t>
+67411</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20024,51 +11103,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2012</w:t>
+1908</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20202,51 +11281,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-600</w:t>
+550</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20380,51 +11459,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-600</w:t>
+550</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20558,51 +11637,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1367</w:t>
+1314</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20736,51 +11815,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50</w:t>
+48</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20914,51 +11993,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17</w:t>
+16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21092,51 +12171,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1300</w:t>
+1250</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21270,51 +12349,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45</w:t>
+44</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21444,51 +12523,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45</w:t>
+44</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21978,51 +13057,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66314</w:t>
+65503</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22156,51 +13235,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66314</w:t>
+65503</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22334,51 +13413,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66314</w:t>
+65503</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -23046,51 +14125,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-68326</w:t>
+67411</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23255,51 +14334,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39432</w:t>
+38898</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23464,51 +14543,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39432</w:t>
+38898</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23673,51 +14752,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39432</w:t>
+38898</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23882,51 +14961,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39432</w:t>
+38898</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -24091,51 +15170,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3737</w:t>
+3593</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -24300,51 +15379,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3737</w:t>
+3593</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -24509,51 +15588,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3737</w:t>
+3593</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -24718,51 +15797,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1617</w:t>
+1555</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -24927,51 +16006,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2120</w:t>
+2038</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25136,51 +16215,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25157</w:t>
+24920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25345,51 +16424,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25157</w:t>
+24920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25554,51 +16633,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25157</w:t>
+24920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25763,51 +16842,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25157</w:t>
+24920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -28139,87 +19218,9079 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "26" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№237 шешіміне 4-қосымша</w:t>
+              <w:t>№ 237 шешіміне 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z47" w:id="22"/>
+    <w:bookmarkStart w:name="z42" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2027 жылға арналған Иіркөл ауылдық округінің бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68326</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1367</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықтар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66314</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66314</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66314</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық кіші топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68326</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жалпы сипаттағы мемлекеттiк қызметтер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39432</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39432</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39432</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39432</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3737</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3737</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3737</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1617</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2120</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25157</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет саласындағы қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25157</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25157</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25157</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Таза бюджеттік кредит беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Бюджет тапшылығын қаржыландыру (профицитті пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаттарының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қызылорда облысы Қармақшы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аудандық мәслихатының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 237 шешіміне 4-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z47" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Иіркөл ауылдық округінің бюджетінде республикалық бюджет есебінен қаралған нысаналы трансферттер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -28304,51 +28375,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -28958,129 +29046,113 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "26" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№237 шешіміне 5-қосымша</w:t>
+              <w:t>№ 237 шешіміне 5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Иіркөл ауылдық округінің бюджетінде аудандық бюджет есебінен қаралған нысаналы трансферттер</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 5-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 17.06.2025 </w:t>
+      Ескерту. 5-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 291</w:t>
+        <w:t>№ 343</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -29286,51 +29358,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 703,0</w:t>
+25 194,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -29399,51 +29471,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 703,0</w:t>
+25 194,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -29722,51 +29794,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 703,0</w:t>
+25 194,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -29798,55 +29870,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>