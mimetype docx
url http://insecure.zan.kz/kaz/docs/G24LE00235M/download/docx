--- v0 (2025-12-29)
+++ v1 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a0824b9" w14:textId="a0824b9">
+    <w:p w14:paraId="fbcdc90" w14:textId="fbcdc90">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -189,415 +189,335 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қызылорда облысы Қармақшы аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...60 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
+        <w:t>
+      1. кірістер – 324 859,2 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 321 813 мың теңге, оның ішінде:</w:t>
+      салықтық түсімдер – 38 807,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 38 568,4 мың теңге;</w:t>
+      салықтық емес түсімдер – 65 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 65 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 1 361 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 1 600 мың теңге;</w:t>
+      трансферттер түсімдері – 284 625,8 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 281 579,6 мың теңге;</w:t>
+      2) шығындар – 325 276 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z15" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z16" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z18" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – -416,8 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 416,8 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z22" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -615,187 +535,187 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 26.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 314</w:t>
+        <w:t>№ 341</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға аудандық бюджеттен Ақай ауылдық округінің бюджетіне берілетін бюджеттік субвенция көлемі 96 385 мың теңге мөлшерінде белгіленгені ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. 2025 жылға арналған Ақай ауылдық округінің бюджетінде республикалық бюджет есебінен қаралған нысаналы трансферттер </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. 2025 жылға арналған Ақай ауылдық округінің бюджетінде аудандық бюджет есебінен қаралған нысаналы трансферттер </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1. 2024 жылы аудандық бюджеттен бөлінген мақсатты трансферттердің пайдаланылмаған (толық пайдаланылмаған) 0,9 мың теңгені аудандық бюджетке қайтару ескерілсін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -832,70 +752,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1093,113 +1013,113 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "26" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№235 шешіміне 1-қосымша</w:t>
+              <w:t>№ 235 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z32" w:id="21"/>
+    <w:bookmarkStart w:name="z32" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Ақай ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 26.09.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 314</w:t>
+        <w:t>№ 341</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1265,51 +1185,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1796,51 +1733,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-321813</w:t>
+324859,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1974,51 +1911,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38568,4</w:t>
+38807,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2152,51 +2089,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18500</w:t>
+19657</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2330,51 +2267,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18500</w:t>
+19657</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2508,51 +2445,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20052,5</w:t>
+19146,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2686,51 +2623,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1900</w:t>
+994</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3398,51 +3335,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15,9</w:t>
+3,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3503,376 +3440,376 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
-[...35 lines deleted...]
-12</w:t>
+Кәсiпкерлiк және кәсiби қызметтi жүргiзгенi үшiн алынатын алымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...73 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кәсiпкерлiк және кәсiби қызметтi жүргiзгенi үшiн алынатын алымдар</w:t>
-[...35 lines deleted...]
-3,9</w:t>
+Салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3896,51 +3833,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтық емес түсiмдер</w:t>
+Мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) ұсталатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3996,129 +3933,129 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) ұсталатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
+Мұнай секторы ұйымдарынан түсетін, Жәбірленушілерге өтемақы қорына, Білім беру инфрақұрылымын қолдау қорына және Арнаулы мемлекеттік қорға түсетін түсімдерді қоспағанда, мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) ұсталатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4142,271 +4079,271 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...73 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мұнай секторы ұйымдарынан түсетін, Жәбірленушілерге өтемақы қорына, Білім беру инфрақұрылымын қолдау қорына және Арнаулы мемлекеттік қорға түсетін түсімдерді қоспағанда, мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) ұсталатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
-[...35 lines deleted...]
-65</w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1361</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4430,87 +4367,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Негізгі капиталды сатудан түсетін түсімдер</w:t>
-[...35 lines deleted...]
-1600</w:t>
+Жерді және материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1361</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4530,165 +4467,165 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жерді және материалдық емес активтерді сату</w:t>
-[...35 lines deleted...]
-1600</w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1170</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4749,124 +4686,124 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жерді сату</w:t>
-[...35 lines deleted...]
-1600</w:t>
+Материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+191</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5000,51 +4937,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-281579,6</w:t>
+284625,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5178,51 +5115,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-281579,6</w:t>
+284625,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5356,51 +5293,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-281579,6</w:t>
+284625,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6068,51 +6005,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-322229,8</w:t>
+325276</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6277,51 +6214,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-122419,3</w:t>
+124019,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6486,51 +6423,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-122419,3</w:t>
+124019,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6695,51 +6632,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-122419,3</w:t>
+124019,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6904,51 +6841,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53559,3</w:t>
+55255,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7113,51 +7050,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-68860</w:t>
+68764</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7322,51 +7259,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35336</w:t>
+33861</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7531,51 +7468,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35336</w:t>
+33861</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7740,51 +7677,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35336</w:t>
+33861</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7949,51 +7886,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6614</w:t>
+7864,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8158,51 +8095,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3656</w:t>
+3264,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8367,51 +8304,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25066</w:t>
+22732,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9412,51 +9349,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-111999,6</w:t>
+114920,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9621,51 +9558,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-111999,6</w:t>
+114920,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9830,51 +9767,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-111999,6</w:t>
+114920,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10039,51 +9976,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2920</w:t>
+2795</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10248,51 +10185,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-109079,6</w:t>
+112125,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13460,84 +13397,10481 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "26" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№235 шешіміне 2-қосымша</w:t>
+              <w:t>№ 235 шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z37" w:id="22"/>
+    <w:bookmarkStart w:name="z37" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Ақай ауылдық округінің бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+132216</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34855</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17842</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16062</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және қызметтерге салынатын ішкі салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер учаскелерін пайдаланғаны үшін төлем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1650</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді және материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1650</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1650</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+95711</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+95711</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+95711</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық кіші топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+132216</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жалпы сипаттағы мемлекеттiк қызметтер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27973</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27973</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27973</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4756</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3802</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19415</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50065</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет саласындағы қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50065</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50065</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50065</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1170</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1170</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1170</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1170</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Таза бюджеттік кредит беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Бюджет тапшылығын қаржыландыру (профицитті пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаттарының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қызылорда облысы Қармақшы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аудандық мәслихатының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 235 шешіміне 3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z42" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2027 жылға арналған Ақай ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
@@ -13594,51 +23928,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14125,51 +24476,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-132216</w:t>
+134726</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14303,51 +24654,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34855</w:t>
+36464</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14481,51 +24832,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17000</w:t>
+18000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14659,51 +25010,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17000</w:t>
+18000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14837,51 +25188,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17842</w:t>
+18450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15015,51 +25366,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1700</w:t>
+1800</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15193,51 +25544,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-80</w:t>
+85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15371,51 +25722,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16062</w:t>
+16565</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15549,51 +25900,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13</w:t>
+14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15727,51 +26078,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13</w:t>
+14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16083,51 +26434,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1650</w:t>
+1700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16261,51 +26612,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1650</w:t>
+1700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16439,51 +26790,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1650</w:t>
+1700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16617,51 +26968,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-95711</w:t>
+96562</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16795,51 +27146,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-95711</w:t>
+96562</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16973,51 +27324,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-95711</w:t>
+96562</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -17052,51 +27403,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -17685,51 +28053,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-132216</w:t>
+134726</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17894,51 +28262,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53008</w:t>
+53713</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18103,51 +28471,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53008</w:t>
+53713</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18312,51 +28680,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53008</w:t>
+53713</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18521,51 +28889,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53008</w:t>
+53713</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18730,51 +29098,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27973</w:t>
+28930</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18939,51 +29307,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27973</w:t>
+28930</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19148,51 +29516,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27973</w:t>
+28930</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19357,51 +29725,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4756</w:t>
+4946</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19566,51 +29934,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3802</w:t>
+3954</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19775,51 +30143,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19415</w:t>
+20030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19984,51 +30352,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50065</w:t>
+50866</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20193,51 +30561,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50065</w:t>
+50866</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20402,51 +30770,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50065</w:t>
+50866</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20611,51 +30979,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50065</w:t>
+50866</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20820,51 +31188,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1170</w:t>
+1217</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21029,51 +31397,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1170</w:t>
+1217</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21238,51 +31606,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1170</w:t>
+1217</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21447,51 +31815,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1170</w:t>
+1217</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23823,10450 +34191,87 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "26" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№235 шешіміне 3-қосымша</w:t>
+              <w:t>№ 235 шешіміне 4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z42" w:id="23"/>
-[...10362 lines deleted...]
-    <w:bookmarkStart w:name="z47" w:id="24"/>
+    <w:bookmarkStart w:name="z47" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Ақай ауылдық округінің бюджетінде республикалық бюджет есебінен қаралған нысаналы трансферттер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -34351,51 +34356,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -35127,100 +35149,100 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 26 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№235 шешіміне 5-қосымша</w:t>
+              <w:t>№ 235 шешіміне 5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z52" w:id="25"/>
+    <w:bookmarkStart w:name="z52" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Ақай ауылдық округінің бюджетінде аудандық бюджет есебінен қаралған нысаналы трансферттер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 5-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 26.09.2025 </w:t>
+      Ескерту. 5-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 314</w:t>
+        <w:t>№ 341</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -35317,51 +35339,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -35426,51 +35465,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-184 792,6</w:t>
+187 838,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -36249,205 +36288,205 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Нысаналы даму трансферттер:</w:t>
+Ақай ауылдық округіндегі Төле би, Жанқожа батыр, К.Күншығаров көшелерінің жолдарын жөндеу жұмыстарына ведомстволық сараптама жүргізу қызметтеріне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+3 046,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ақай ауылы Қорқыт ата тұйығы, Бейбітшілік, Бейбітшілік тұйығы, Тоқтар Әлиұлы, Әйтеке би, Т.Ізтілеуов және Дүр Оңғар көшелеріне қиыршық тас жолдарын салу жұмысын бастауға</w:t>
+Нысаналы даму трансферттер:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -36480,87 +36519,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Достық, Бәйтерек, Астана, Сырдария, Қызылорда, Қармақшы және Байқоңыр көшелеріндегі қиыршықтас жолдарын салу жұмысын бастауға</w:t>
+Ақай ауылы Қорқыт ата тұйығы, Бейбітшілік, Бейбітшілік тұйығы, Тоқтар Әлиұлы, Әйтеке би, Т.Ізтілеуов және Дүр Оңғар көшелеріне қиыршық тас жолдарын салу жұмысын бастауға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -36593,87 +36632,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-М.Әуезов, Д.Қонаев, Б.Майлин, С.Сейфуллин, М.Жұмабаев, А.Н.Балғынбаев және Шамшат жырау көшелеріне қиыршық тас жолдарын салу жұмысын бастауға</w:t>
+Достық, Бәйтерек, Астана, Сырдария, Қызылорда, Қармақшы және Байқоңыр көшелеріндегі қиыршықтас жолдарын салу жұмысын бастауға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -36697,128 +36736,241 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+М.Әуезов, Д.Қонаев, Б.Майлин, С.Сейфуллин, М.Жұмабаев, А.Н.Балғынбаев және Шамшат жырау көшелеріне қиыршық тас жолдарын салу жұмысын бастауға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-184 792,6</w:t>
+187 838,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -36850,55 +37002,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>