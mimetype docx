--- v0 (2025-10-16)
+++ v1 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e24b126" w14:textId="e24b126">
+    <w:p w14:paraId="5aa4dba" w14:textId="5aa4dba">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -270,149 +270,149 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 262 999,8 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 250 957,9 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 132 917,2 мың теңге;</w:t>
+      салықтық түсімдер – 133 009,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 408,6 мың теңге;</w:t>
+      салықтық емес түсімдер – 316,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 2 000 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 127 674 мың теңге;</w:t>
+      трансферттер түсімдері – 115 632,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z13" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 264 141,2 мың теңге";</w:t>
+      2) шығындар – 252 099,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z14" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z15" w:id="8"/>
     <w:p>
@@ -633,50 +633,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 26.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 313</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен; өзгерістер енгізілді - Қызылорда облысы Қармақшы аудандық мәслихатының 11.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 340</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1145,61 +1165,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Төретам кентінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 26.09.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 313</w:t>
+        <w:t>№ 340</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1265,68 +1285,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы,</w:t>
-[...16 lines deleted...]
-              <w:t>мың теңге</w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1813,51 +1816,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-262999,8</w:t>
+250957,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1991,51 +1994,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-132917,2</w:t>
+133009,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2169,51 +2172,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-93329</w:t>
+94256,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2347,51 +2350,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-93329</w:t>
+94256,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2525,51 +2528,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38936,6</w:t>
+38330,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2703,51 +2706,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2300</w:t>
+2100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2881,51 +2884,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1350</w:t>
+1200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3059,51 +3062,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35156,3</w:t>
+34767,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3237,51 +3240,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-130,3</w:t>
+262,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3415,51 +3418,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-651,6</w:t>
+421,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3771,51 +3774,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-650</w:t>
+420,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3949,51 +3952,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-408,6</w:t>
+316,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4127,51 +4130,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-400</w:t>
+232,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4305,51 +4308,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-400</w:t>
+232,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4378,51 +4381,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-06</w:t>
+04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4447,87 +4450,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Басқа да салықтық емес түсiмдер</w:t>
-[...35 lines deleted...]
-8,6</w:t>
+Мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) ұсталатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4625,161 +4628,161 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Басқа да салықтық емес түсiмдер</w:t>
-[...35 lines deleted...]
-8,6</w:t>
+Мұнай секторы ұйымдарынан түсетін, Жәбірленушілерге өтемақы қорына, Білім беру инфрақұрылымын қолдау қорына және Арнаулы мемлекеттік қорға түсетін түсімдерді қоспағанда, мемлекеттік бюджеттен қаржыландырылатын, сондай-ақ Қазақстан Республикасы Ұлттық Банкінің бюджетінен (шығыстар сметасынан) ұсталатын және қаржыландырылатын мемлекеттік мекемелер салатын айыппұлдар, өсімпұлдар, санкциялар, өндіріп алулар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4803,87 +4806,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Негізгі капиталды сатудан түсетін түсімдер</w:t>
-[...35 lines deleted...]
-2000</w:t>
+Басқа да салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4903,307 +4906,307 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жерді және материалдық емес активтерді сату</w:t>
-[...35 lines deleted...]
-2000</w:t>
+Басқа да салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...73 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жерді сату</w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5227,93 +5230,93 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5337,87 +5340,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферттердің түсімдері</w:t>
-[...35 lines deleted...]
-127674</w:t>
+Жерді және материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5437,1283 +5440,1208 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
-[...35 lines deleted...]
-127674</w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...73 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
-[...35 lines deleted...]
-127674</w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+115632,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...83 lines deleted...]
-              <w:t>мың теңге</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+115632,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+115632,1</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...56 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...88 lines deleted...]
-Бағдарлама</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық кіші топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...86 lines deleted...]
-Атауы</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...195 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...199 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -6731,405 +6659,401 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-87922,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+252099,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-87922,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жалпы сипаттағы мемлекеттiк қызметтер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+89264,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7149,196 +7073,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-85911,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+89264,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7390,373 +7314,373 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-2011</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+89264,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-104889,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+87365,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7776,405 +7700,405 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-104889,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1898,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-104889,4</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+93455,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8194,196 +8118,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-11122,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+93455,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8435,164 +8359,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-12550</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+93455,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8685,332 +8609,332 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-81217,1</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13072,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-55804</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11208</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9030,369 +8954,369 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-55804</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69175,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9448,160 +9372,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет саласындағы қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9625,228 +9549,228 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-15523,6</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55804</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9866,405 +9790,405 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-15523,6</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55804</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-15523,6</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13573,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10284,196 +10208,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-11597,6</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13573,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10525,373 +10449,373 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-3926</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13573,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-1,9</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9647,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10911,369 +10835,369 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-1,9</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3926</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11329,160 +11253,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Пайдаланылмаған (толық пайдалнылмаған) нысаналы трансферттер қайтару</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11570,160 +11494,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11807,128 +11735,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдалнылмаған) нысаналы трансферттер қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12053,51 +11985,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттерді өтеу</w:t>
+3. Таза бюджеттік кредит беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12258,51 +12190,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
+Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12463,51 +12395,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржы активтерін сатып алу</w:t>
+Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12668,51 +12600,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+4. Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12873,87 +12805,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5. Бюджет тапшылығы (профициті)</w:t>
-[...35 lines deleted...]
--1141,4</w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13078,296 +13010,292 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6. Бюджет тапшылығын қаржыландыру (профицитті пайдалану)</w:t>
-[...35 lines deleted...]
-1141,4</w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-1141,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1141,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13387,160 +13315,156 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Бюджет қаражаты қалдықтары</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Бюджет тапшылығын қаржыландыру (профицитті пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13564,50 +13488,468 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаттарының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1141,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1141,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -13747,71 +14089,50 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1141,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...19 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13884,51 +14205,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 26 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№234 шешіміне 2-қосымша</w:t>
+              <w:t>№ 234 шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z37" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Төретам кентінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
@@ -14005,51 +14326,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -24902,51 +25240,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -28894,51 +29249,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -35678,51 +36050,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 26 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№234 шешіміне 4-қосымша</w:t>
+              <w:t>№ 234 шешіміне 4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z47" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Төретам кентінің бюджетінде республикалық бюджет есебінен қаралған нысаналы трансферттер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:tbl>
       <w:tblPr>
@@ -35830,51 +36202,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -36606,100 +36995,100 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 26 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№234 шешіміне 5-қосымша</w:t>
+              <w:t>№ 234 шешіміне 5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z52" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Төретам кентінің бюджетінде аудандық бюджет есебінен қаралған нысаналы трансферттер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 5-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 26.09.2025 </w:t>
+      Ескерту. 5-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 313</w:t>
+        <w:t>№ 340</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -36922,51 +37311,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-65 813,0</w:t>
+53 771,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -37338,51 +37727,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Төретам кентінің А. Байтұрсынұлы, Б.Момышұлы, К.Байсейтова көшелеріне орташа жөндеуге жобалық сметалық құжаттама әзірлеу және сараптамадан өткізуге</w:t>
+Төретам кентінің А. Байтұрсынұлы, Б. Момышұлы, К. Байсейтова көшелеріне орташа жөндеуге жобалық сметалық құжаттама әзірлеу және сараптамадан өткізуге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -37600,51 +37989,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 878,0</w:t>
+13 836,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -37810,51 +38199,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-65 813,0</w:t>
+53 771,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -37886,55 +38275,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>