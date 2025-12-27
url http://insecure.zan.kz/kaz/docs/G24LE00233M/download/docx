--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="07798ff" w14:textId="07798ff">
+    <w:p w14:paraId="65f7378" w14:textId="65f7378">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -254,380 +254,348 @@
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер –1 030 122 мың теңге, оның ішінде:</w:t>
+      1) кірістер –1 415 120,8 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 178 567 мың теңге;</w:t>
+      салықтық түсімдер – 207 680 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 138 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 37 932 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 813 485 мың теңге;</w:t>
+      трансферттер түсімдері – 1 169 370,8 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z13" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 1 039 654,4 мың теңге;</w:t>
+      2) шығындар –1 424 653,2 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z14" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z15" w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z15" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z16" w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z16" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z17" w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z18" w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z18" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – -9 532,4 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 9 532,4 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z22" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі - 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу - 0;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -652,220 +620,240 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 28.02.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 255</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); өзгерістер енгізілді - Қызылорда облысы Қармақшы аудандық мәслихатының 08.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 306</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); Қызылорда облысы Қармақшы аудандық мәслихатының 06.11.2025. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 323</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға аудандық бюджеттен Жосалы кентінің бюджетіне берілетін бюджеттік субвенция көлемі 77 059 мың теңге мөлшерінде белгіленгені ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z24" w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. 2025 жылға арналған Жосалы кентінің бюджетінде республикалық бюджет есебінен қаралған нысаналы трансферттер </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. 2025 жылға арналған Жосалы кентінің бюджетінде облыстық бюджет есебінен қаралған нысаналы трансферттер </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z59" w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z59" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1. 2024 жылы облыстық бюджеттен бөлінген мақсатты трансферттердің пайдаланылмаған (толық пайдаланылмаған) 0,7 мың теңгені аудандық бюджетке қайтару ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -884,217 +872,216 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="18"/>
+    <w:bookmarkStart w:name="z60" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-2. 2024 жылы аудандық бюджеттен бөлінген мақсатты трансферттердің пайдаланылмаған (толық пайдаланылмаған) 1 092,6 мың теңгені аудандық бюджетке қайтару ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Шешім 4-2-тармақпен толықтырылды - Қызылорда облысы Қармақшы аудандық мәслихатының 28.02.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 255</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. 2025 жылға арналған Жосалы кентінің бюджетінде аудандық бюджет есебінен қаралған нысаналы трансферттер </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1112,51 +1099,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Қармақшы аудандық мәслихатының төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1267,277 +1254,296 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "26" желтоқсандағы</w:t>
-[...12 lines deleted...]
-              <w:t>№233 шешіміне 1-қосымша</w:t>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 233 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z33" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025 жылға арналған Жосалы кентінің бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-</w:t>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 06.11.2025. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 323</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Жосалы кентінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...36 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1034"/>
+        <w:gridCol w:w="1034"/>
+        <w:gridCol w:w="1405"/>
+        <w:gridCol w:w="1405"/>
+        <w:gridCol w:w="3986"/>
+        <w:gridCol w:w="3436"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1553,110 +1559,124 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1672,142 +1692,163 @@
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1823,645 +1864,708 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-1030122</w:t>
+            <w:tcW w:w="3436" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1415120,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-178567</w:t>
+            <w:tcW w:w="3436" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+207680</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-112987</w:t>
+            <w:tcW w:w="3436" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+140987</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2490,334 +2594,362 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-112987</w:t>
+            <w:tcW w:w="3436" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+140987</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-63900</w:t>
+            <w:tcW w:w="3436" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65163</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2846,156 +2978,170 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-2400</w:t>
+            <w:tcW w:w="3436" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3024,156 +3170,170 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-2900</w:t>
+            <w:tcW w:w="3436" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2513</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3202,156 +3362,170 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-57900</w:t>
+            <w:tcW w:w="3436" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59850</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3380,334 +3554,362 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықтар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-1680</w:t>
+            <w:tcW w:w="3436" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1530</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3736,156 +3938,170 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-680</w:t>
+            <w:tcW w:w="3436" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+530</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3914,512 +4130,554 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кәсiпкерлiк және кәсiби қызметтi жүргiзгенi үшiн алынатын алымдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 138</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік меншіктен түсетін кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 138</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4448,512 +4706,554 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 138</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37932</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді және материалдық емес активтерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37932</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4982,512 +5282,554 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37932</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-813485</w:t>
+            <w:tcW w:w="3436" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1169370,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-813485</w:t>
+            <w:tcW w:w="3436" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1169370,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5516,199 +5858,219 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-813485</w:t>
+            <w:tcW w:w="3436" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1169370,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5737,79 +6099,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5851,79 +6220,86 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5978,83 +6354,90 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6064,7498 +6447,8317 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-1039654,4</w:t>
+            <w:tcW w:w="3436" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1424653,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 157051,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 157051,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 157051,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 147575,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік органның күрделі шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9476</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-411008</w:t>
+            <w:tcW w:w="3436" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+789468,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді-мекендерді көркейту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-411008</w:t>
+            <w:tcW w:w="3436" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+789468,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-411008</w:t>
+            <w:tcW w:w="3436" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+789468,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-43217</w:t>
+            <w:tcW w:w="3436" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56830</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-41078</w:t>
+            <w:tcW w:w="3436" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32078</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-326713</w:t>
+            <w:tcW w:w="3436" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+700560.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-238609,9</w:t>
+            <w:tcW w:w="3436" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+245147,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобиль көлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-238609,9</w:t>
+            <w:tcW w:w="3436" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+245147,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-238609,9</w:t>
+            <w:tcW w:w="3436" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+245147,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-9000</w:t>
+            <w:tcW w:w="3436" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17621</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-229609,9</w:t>
+            <w:tcW w:w="3436" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+227526,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Басқалар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 231891,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 231891,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 231891,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 057</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 231891,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1093,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1093,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1093,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдаланылмаған(түгел пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1093,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3. Таза бюджеттік кредит беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4. Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5. Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -9532,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6. Бюджет тапшылығын қаржыландыру (профицитті пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9532,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаттарының пайдаланылатын қаражаттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9532,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9532,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13650,223 +14852,242 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "26" желтоқсандағы</w:t>
-[...12 lines deleted...]
-              <w:t>№233 шешіміне 2-қосымша</w:t>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 233 шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z38" w:id="21"/>
+    <w:bookmarkStart w:name="z38" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Жосалы кентінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1194"/>
+        <w:gridCol w:w="1194"/>
+        <w:gridCol w:w="1622"/>
+        <w:gridCol w:w="1622"/>
+        <w:gridCol w:w="3766"/>
+        <w:gridCol w:w="2902"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13882,110 +15103,124 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14001,142 +15236,163 @@
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14152,645 +15408,708 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 254843</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 154985</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 99000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14819,334 +16138,362 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 99000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 54200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15175,156 +16522,170 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15353,156 +16714,170 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15531,156 +16906,170 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47950</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15709,334 +17098,362 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 750</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықтар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1785</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16065,156 +17482,170 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 685</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16243,512 +17674,554 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кәсiпкерлiк және кәсiби қызметтi жүргiзгенi үшiн алынатын алымдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 139</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік меншіктен түсетін кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 139</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16777,512 +18250,554 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 139</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді және материалдық емес активтерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17311,512 +18826,554 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 76719</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 76719</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17845,51 +19402,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17923,121 +19480,141 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18066,79 +19643,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18180,79 +19764,86 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18307,83 +19898,90 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18393,4572 +19991,5097 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 254843</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 134760</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 134760</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 134760</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 134760</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдықшаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 120083</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді-мекендерді көркейту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 120083</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 120083</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29356</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14792</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75935</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3. Таза бюджеттік кредит беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4. Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5. Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6. Бюджет тапшылығын қаржыландыру (профицитті пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23053,223 +25176,242 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "26" желтоқсандағы</w:t>
-[...12 lines deleted...]
-              <w:t>№233 шешіміне 3-қосымша</w:t>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 233 шешіміне 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z43" w:id="22"/>
+    <w:bookmarkStart w:name="z43" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Жосалы кентінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1194"/>
+        <w:gridCol w:w="1194"/>
+        <w:gridCol w:w="1622"/>
+        <w:gridCol w:w="1622"/>
+        <w:gridCol w:w="3766"/>
+        <w:gridCol w:w="2902"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23285,110 +25427,124 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23404,142 +25560,163 @@
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23555,645 +25732,708 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 259741</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 157390</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24222,334 +26462,362 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24578,156 +26846,170 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24756,156 +27038,170 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24934,156 +27230,170 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25112,334 +27422,362 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 800</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықтар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1890</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25468,156 +27806,170 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 690</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25646,512 +27998,554 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кәсiпкерлiк және кәсiби қызметтi жүргiзгенi үшiн алынатын алымдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 140</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік меншіктен түсетін кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 140</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26180,512 +28574,554 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 140</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді және материалдық емес активтерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26714,512 +29150,554 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78211</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78211</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27248,51 +29726,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27326,121 +29804,141 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27469,79 +29967,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27583,79 +30088,86 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27710,83 +30222,90 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27796,4572 +30315,5097 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 259741</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 136325</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 136325</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 136325</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 136325</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 123416</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді-мекендерді көркейту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 123416</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 123416</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30530</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15384</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 77502</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3. Таза бюджеттік кредит беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4. Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5. Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6. Бюджет тапшылығын қаржыландыру (профицитті пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32456,731 +35500,778 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "26" желтоқсандағы</w:t>
-[...12 lines deleted...]
-              <w:t>№233 шешіміне 4-қосымша</w:t>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 233 шешіміне 4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z48" w:id="23"/>
+    <w:bookmarkStart w:name="z48" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Жосалы кентінің бюджетінде республикалық бюджет есебінен қаралған нысаналы трансферттер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="1350"/>
+        <w:gridCol w:w="6982"/>
+        <w:gridCol w:w="3968"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6982" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...29 lines deleted...]
-Сомасы, мың теңге</w:t>
+            <w:tcW w:w="3968" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6982" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ағымдағы нысаналы трансферттер:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3968" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 639,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6982" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік бюджет қаражаты есебінен ұсталатын азаматтық қызметшілердің жекелеген санаттарының, ұйымдар жұмыскерлерінің, қазыналық кәсіпорындар жұмыскерлерінің жалақысын арттыруға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3968" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 639,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6982" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 оның ішінде:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3968" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6982" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жосалы кентінің аппаратына (аппарат)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3968" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 252,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6982" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жосалы кентінің аппаратына ("Қармақшы Өрлеу")</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3968" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33275,103 +36366,87 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "26" желтоқсандағы</w:t>
-[...12 lines deleted...]
-              <w:t>№233 шешіміне 5-қосымша</w:t>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 233 шешіміне 5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Жосалы кентінің бюджетінде облыстық бюджет есебінен қаралған нысаналы трансферттер</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 08.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -33379,1464 +36454,1525 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="1228"/>
+        <w:gridCol w:w="6650"/>
+        <w:gridCol w:w="4422"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...29 lines deleted...]
-Сомасы, мың теңге</w:t>
+            <w:tcW w:w="4422" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ағымдағы нысаналы трансферттер:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4422" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 408440,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыруға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...29 lines deleted...]
- 231891,5</w:t>
+            <w:tcW w:w="4422" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+231891,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қармақшы ауданы, Жосалы кентіндегі Келмембет батыр көшесінің автомобиль жолын күрделі жөндеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4422" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 172500,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қармақшы ауданы, Жосалы кентіндегі Шыңғысов көшесінің атвомобиль жолдарын күрделі жөндеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4422" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 59390,9 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қармақшы ауданы, Жосалы кентіндегі Н.Накыпов көшесінің автомобиль жолын күрделі жөндеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4422" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 163919,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қармақшы ауданы Жосалы кентіндегі Сырдария 0-0,312 шқ көшесінің автомобиль жолын орташа жөндеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4422" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қармақшы ауданы, Жосалы кентіндегі Сырлытам көшесінің жолын орташа жөндеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4422" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қармақшы ауданы Жосалы кентіндегі Тәуелсіздік көшесінің автомобиль жолын орташа жөндеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4422" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Қармақшы ауданы Жосалы кентіндегі Ш.Шегебаев 0-0,27 шқ көшесінің автомобиль жолын орташа жөндеу </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4422" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Қармақшы ауданы Жосалы кентіндегі Алтынасар көшесінің орташа жөндеу </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4422" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12629,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...90 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4422" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4422" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34931,4111 +38067,5159 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "26" желтоқсандағы</w:t>
-[...12 lines deleted...]
-              <w:t>№233 шешіміне 6-қосымша</w:t>
+              <w:t>2024 жылғы 26 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 233 шешіміне 6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Жосалы кентінің бюджетінде аудандық бюджет есебінен қаралған нысаналы трансферттер</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 6-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 28.02.2025 </w:t>
+      Ескерту. 6-қосымша жаңа редакцияда - Қызылорда облысы Қармақшы аудандық мәслихатының 06.11.2025. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 255</w:t>
+        <w:t>№ 323</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="802"/>
+        <w:gridCol w:w="9119"/>
+        <w:gridCol w:w="2379"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...29 lines deleted...]
-Сомасы, мың теңге</w:t>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ағымдағы нысаналы трансферттер:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...29 lines deleted...]
-327346,7</w:t>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+683232,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыруға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қармақшы ауданы, Жосалы кентіндегі Келмембет батыр көшесінің автомобиль жолын күрделі жөндеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қармақшы ауданы, Жосалы кентіндегі Шыңғысов көшесінің атвомобиль жолдарын күрделі жөндеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қармақшы ауданы, Жосалы кентіндегі Н.Накыпов көшесінің автомобиль жолын күрделі жөндеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қармақшы ауданы Жосалы кентіндегі Сырдария 0-0,312 шқ көшесінің автомобиль жолын орташа жөндеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қармақшы ауданы, Жосалы кентіндегі Сырлытам көшесінің жолын орташа жөндеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қармақшы ауданы Жосалы кентіндегі Тәуелсіздік көшесінің автомобиль жолын орташа жөндеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Қармақшы ауданы Жосалы кентіндегі Ш.Шегебаев 0-0,27 шқ көшесінің автомобиль жолын орташа жөндеу </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Қармақшы ауданы Жосалы кентіндегі Алтынасар көшесінің орташа жөндеуге </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...29 lines deleted...]
-47118,2</w:t>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44037,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жосалы кентіндегі Байзақ тегі көшесіне жаяу жүргіншілер жолын орналастыруға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...29 lines deleted...]
-59263,0</w:t>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59128</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жосалы кенті Қабылан батыр көшесін күрделі жөндеу жұмыстарына</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жосалы кенті Ақмаржан көшесін орташа жөндеу жұмыстарына</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жосалы кенті Мүсіркегенов көшесін орташа жөндеу жұмыстарына</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жосалы кенті Құдабаев көшесіне футбол және балалар ойын алаңын орналастыруға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...29 lines deleted...]
-29252,0</w:t>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29252</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жосалы кентіндегі Сексенбаев көшесіне жаяу жүргіншілер жолын орналастыруға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жосалы кенті Ынтымақ көшесіне балалар ойын алаңы және футбол алаңын орналастыруға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29252,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жосалы кентіне 2 дана МАФ орналастыруға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жосалы кентіндегі Көшербаев көшесін жарықтандыру үшін тауарлар сатып алу және көше жарықтарына СИП кабелін сатып алуға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9990,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жосалы кенті әкімшілігі ғимаратындағы мәжіліс залына қажетті құрал жабдықтар сатып алуға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2370,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жосалы кентін көгалдандыру мақсатында тал сатып алу(Клен-2600 дана, Қаратал – 2600 дана, 10 000 дана гүл, 1000 м2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жосалы кентінің көшелеріне су себу жұмыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жосалы кенті көшелерінің автомобиль жолдарына жолақтар және жаяу жүргінші жолын сызуға жол бояуын сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жосалы кентіндегі көшелердегі саябақтар мен алаңдарды ағымдағы жөндеу жұмыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4945,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жосалы кентіндегі спорт алаңдары мен балалар ойын алаңдарын ағымдағы жөндеу жұмыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4945,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұлы Отан соғысының Жеңісіне 80 жыл толуына орай белгі орнату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14663,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Абаттандыру жұмыстарын жүргізу, жасыл белдеуге қажетті тауарлар сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жосалы кентіндегі 8 көшені құжаттандыру жұмыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4457,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жосалы кентідегі Т.Рысқұлов көшесіне жаяу жүргіншілер жолын орналастыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...29 lines deleted...]
-44213,5</w:t>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30506</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жосалы кенті, Нақыпов көшесін күрделі жөндеу нысанының жұмыстар мен материалдар сапасына сараптама жүргізу қызметі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2984,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жосалы кентіндегі Шығыс каналына қоршау орнату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...29 lines deleted...]
-13430,4</w:t>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11878,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жосалы кентіне билборд орнату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 30 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Универсал Сервис МН" ЖШС нің Жосалы кенті көшелерінің 2023 жылғы қабылданбаған жұмыстарды соттың шешімімен төлеп беруге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6595,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шет мемлекетке қызметтік іс сапар шығындарына</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1366,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="802" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жосалы кентіндегі Рысқұлов тұйығына тротуар орнату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="802" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Жосалы кентіндегі Томанов және Шоқай көшелеріне жаяу жүргіншілер жолын салу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69771,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="802" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жосалы кентіндегі Кшенов көшесіне балалар ойын алаңын орнату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14756</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="802" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жосалы кентіндегі Қойшыбаев көшесіне жаяу жүргіншілер жолын орнату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17783</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="802" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жосалы кентіндегі Жомартов көшесіне тротуар орнату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22319</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="802" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жосалы кентіндегі Сексенбаев көшесіне тротуар орнату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6931</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="802" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жосалы кентіндегі теміржол вокзалы аумағын ағымдағы жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33181,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="802" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салқын асфальт сатып алу, 261,25 тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8621</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="802" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алтынасар көшесін орташа жөндеу жұмыстарына тексеру, сараптамалау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+998</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -39056,55 +43240,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>