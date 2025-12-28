--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1d09975" w14:textId="1d09975">
+    <w:p w14:paraId="932a2ee" w14:textId="932a2ee">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -174,68 +174,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының 2001 жылғы 23 қаңтардағы Заңының 6 бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-7 тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Қызылорда облысы Қазалы аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдарға арналған Сарыкөл ауылдық округінің бюджеті </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -270,350 +253,351 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 – қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 105827 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 112079 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 8627 мың теңге;</w:t>
+      салықтық түсімдер – 14856 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 182 мың теңге;</w:t>
+      салықтық емес түсімдер – 205 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 200 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттер түсімі – 96818 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 107410 мың теңге, оның ішінде;</w:t>
+      2) шығындар – 113662 мың теңге, оның ішінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – -1583 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитті пайдалану) – 1583 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -631,167 +615,167 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Қазалы аудандық мәслихатының 10.06.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Қазалы аудандық мәслихатының 07.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 435</w:t>
+        <w:t>№ 473</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z24" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес 2025 жылға арналған аудандық бюджетте Сарыкөл ауылдық округі бюджетіне республикалық бюджет қаражаты есебінен қаралған нысаналы трансферттер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -976,129 +960,113 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазалы аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "27" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 27 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№372 шешіміне 1-қосымша</w:t>
+              <w:t>№ 372 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Сарыкөл ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Қазалы аудандық мәслихатының 10.06.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Қазалы аудандық мәслихатының 07.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 435</w:t>
+        <w:t>№ 473</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1163,51 +1131,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1692,51 +1677,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-105827</w:t>
+112079</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1869,51 +1854,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8627</w:t>
+14856</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2046,51 +2031,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6001</w:t>
+10289</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2223,51 +2208,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6001</w:t>
+10289</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2400,51 +2385,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2607</w:t>
+4466</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2754,51 +2739,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14</w:t>
+16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2931,51 +2916,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2200</w:t>
+3963</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3108,51 +3093,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-273</w:t>
+367</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3285,51 +3270,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19</w:t>
+101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3462,51 +3447,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3816,51 +3801,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-182</w:t>
+205</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3993,51 +3978,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
+123</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4170,51 +4155,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
+123</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6190,51 +6175,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-107410</w:t>
+113662</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6367,51 +6352,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49271</w:t>
+52598</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6544,51 +6529,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49271</w:t>
+52598</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6721,51 +6706,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47212</w:t>
+49689</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6898,405 +6883,405 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2059</w:t>
+2459</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-16189</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ведомстволық бағыныстағы мемлекеттік мекемелер мен ұйымдардың күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-2623</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19902</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7316,128 +7301,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7493,164 +7478,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-13566</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2623</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7670,164 +7655,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-8824</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17279</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7888,123 +7873,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-546</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11419</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8065,477 +8050,477 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-4196</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+546</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-38311</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5314</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-38311</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38174</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8555,518 +8540,518 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-38311</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38174</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-3639</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38174</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-3639</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2988</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9086,164 +9071,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-3639</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2988</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9295,128 +9280,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2988</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9509,51 +9498,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттер</w:t>
+3. Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9682,51 +9671,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттерді өтеу</w:t>
+Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9855,51 +9844,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Қаржы активтерімен операциялар бойынша сальдо</w:t>
+Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10028,51 +10017,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржы активтерін сатып алу</w:t>
+4. Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10201,51 +10190,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10374,87 +10363,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5. Бюджет тапшылығы (профициті)</w:t>
-[...35 lines deleted...]
--1583</w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10547,51 +10536,224 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1583</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11210,87 +11372,87 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазалы аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "27" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 27 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№372 шешіміне 2-қосымша</w:t>
+              <w:t>№ 372 шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="19"/>
+    <w:bookmarkStart w:name="z34" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Сарыкөл ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11343,51 +11505,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20019,51 +20198,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+6. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20682,87 +20861,87 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазалы аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "27" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 27 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№372 шешіміне 3-қосымша</w:t>
+              <w:t>№ 372 шешіміне 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z38" w:id="20"/>
+    <w:bookmarkStart w:name="z38" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Сарыкөл ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -20815,51 +20994,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -29491,51 +29687,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+6. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30154,87 +30350,87 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазалы аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "27" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 27 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№372 шешіміне 4-қосымша</w:t>
+              <w:t>№ 372 шешіміне 4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z42" w:id="21"/>
+    <w:bookmarkStart w:name="z42" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Сарыкөл ауылдық округі бюджетіне республикалық бюджет қаражаты есебінен берілетін нысаналы трансферттер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -30319,51 +30515,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -30843,55 +31056,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>