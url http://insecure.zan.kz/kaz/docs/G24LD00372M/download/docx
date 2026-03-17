--- v1 (2025-12-28)
+++ v2 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="932a2ee" w14:textId="932a2ee">
+    <w:p w14:paraId="669fa63" w14:textId="669fa63">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -240,141 +240,141 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3 – қосымшаларға</w:t>
+        <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кірістер – 112079 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 14856 мың теңге;</w:t>
+      салықтық түсімдер – 15148 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 205 мың теңге;</w:t>
+      салықтық емес түсімдер – 89 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 200 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 24 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттер түсімі – 96818 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
@@ -615,61 +615,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Қазалы аудандық мәслихатының 07.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Қазалы аудандық мәслихатының 12.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 473</w:t>
+        <w:t>№ 507</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1012,61 +1012,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Сарыкөл ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Қазалы аудандық мәслихатының 07.10.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Қазалы аудандық мәслихатының 12.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 473</w:t>
+        <w:t>№ 507</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1854,51 +1854,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14856</w:t>
+15148</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2031,51 +2031,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10289</w:t>
+10164</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2208,51 +2208,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10289</w:t>
+10164</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2385,51 +2385,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4466</w:t>
+4892</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2562,51 +2562,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-120</w:t>
+114</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2739,51 +2739,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16</w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3093,51 +3093,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-367</w:t>
+795</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3270,51 +3270,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-101</w:t>
+92</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3447,51 +3447,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-86</w:t>
+87</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3624,51 +3624,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3801,51 +3801,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-205</w:t>
+89</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3978,51 +3978,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-123</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4155,51 +4155,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-123</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4686,51 +4686,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200</w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4863,51 +4863,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200</w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5040,51 +5040,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200</w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>