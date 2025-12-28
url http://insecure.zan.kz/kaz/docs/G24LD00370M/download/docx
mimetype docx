--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3669077" w14:textId="3669077">
+    <w:p w14:paraId="11cab52" w14:textId="11cab52">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -190,51 +190,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Қызылорда облысы Қазалы аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. 2025-2027 жылдарға арналған Өркендеу ауылдық округінің бюджеті </w:t>
+      1. 1. 2025-2027 жылдарға арналған Өркендеу ауылдық округінің бюджеті </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -370,51 +370,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттер түсімі – 107809 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 113186,5 мың теңге, оның ішінде;</w:t>
+      2) шығындар – 113622,5 мың теңге, оның ішінде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
@@ -510,71 +510,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -0,5 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – -436,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитті пайдалану) – 0,5 мың теңге;</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитті пайдалану) – 436,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
@@ -587,89 +587,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 0,5 мың теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 436,5 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Қазалы аудандық мәслихатының 05.03.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Қазалы аудандық мәслихатының 07.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 397</w:t>
+        <w:t>№ 471</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1000,113 +1000,113 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазалы аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "27" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 27 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№370 шешіміне 1-қосымша</w:t>
+              <w:t>№ 370 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z31" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Өркендеу ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Қазалы аудандық мәслихатының 05.03.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Қазалы аудандық мәслихатының 07.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 397</w:t>
+        <w:t>№ 471</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1171,51 +1171,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5136,51 +5153,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-113186,5</w:t>
+113622,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5313,51 +5330,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50256</w:t>
+49518</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5490,51 +5507,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50256</w:t>
+49518</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5667,51 +5684,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50256</w:t>
+49518</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5844,51 +5861,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21644</w:t>
+23069</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6021,51 +6038,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21644</w:t>
+23069</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6198,51 +6215,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3910</w:t>
+5421</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6375,51 +6392,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-662</w:t>
+576</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7047,51 +7064,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жергіліктідеңгейдемәдени-демалысжұмысынқолдау</w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7224,87 +7241,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлiкжәне коммуникация</w:t>
-[...35 lines deleted...]
-1247</w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+996</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7401,87 +7418,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
-[...35 lines deleted...]
-1247</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+996</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7578,87 +7595,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандықмаңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
-[...35 lines deleted...]
-1247</w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+996</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8801,51 +8818,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Қаржыактивтеріменоперацияларбойынша сальдо</w:t>
+4. Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8974,51 +8991,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржыактивтерінсатыпалу</w:t>
+Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9356,51 +9373,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
--0,5</w:t>
+-436,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9493,87 +9510,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.Бюджет тапшылығынқаржыландыру (профицитінпайдалану)</w:t>
-[...35 lines deleted...]
-0,5</w:t>
+6.Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+436,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9670,87 +9687,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджет қаражатыныңпайдаланылатынқалдықтары</w:t>
-[...35 lines deleted...]
-0,5</w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+436,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9847,87 +9864,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджет қаражатықалдықтары</w:t>
-[...35 lines deleted...]
-0,5</w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+436,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10024,87 +10041,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджет қаражатының босқалдықтары</w:t>
-[...35 lines deleted...]
-0,5</w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+436,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10156,64 +10173,64 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазалы аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "27" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 27 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№370 шешіміне 2-қосымша</w:t>
+              <w:t>№ 370 шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z35" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Өркендеу ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
@@ -10289,51 +10306,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18743,64 +18777,64 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазалы аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "27" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 27 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№370 шешіміне 3-қосымша</w:t>
+              <w:t>№ 370 шешіміне 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z39" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Өркендеу ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
@@ -18876,51 +18910,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -27330,64 +27381,64 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазалы аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "27" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 27 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№370 шешіміне 4-қосымша</w:t>
+              <w:t>№ 370 шешіміне 4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z43" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған аудандық бюджетте Өркендеу ауылдық округі бюджетіне республикалық бюджет қаражаты есебінен берілетін нысаналы трансферттер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:tbl>
       <w:tblPr>
@@ -27495,51 +27546,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -27926,64 +27994,64 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазалы аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "27" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 27 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№370 шешіміне 5-қосымша</w:t>
+              <w:t>№ 370 шешіміне 5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z47" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған аудандық бюджетте Өркендеу ауылдық округі бюджетіне облыстық бюджет қаражаты есебінен берілетін нысаналы трансферттер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:tbl>
       <w:tblPr>
@@ -28091,51 +28159,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>