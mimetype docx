--- v0 (2025-11-13)
+++ v1 (2025-12-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b031cca" w14:textId="b031cca">
+    <w:p w14:paraId="7396b57" w14:textId="7396b57">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2025-2027 жылдарға арналған Мұратбаев ауылдық округінің бюджеті туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қызылорда облысы Қазалы аудандық мәслихатының 2024 жылғы 27 желтоқсандағы № 369 шешiмi</w:t>
+        <w:t>Қызылорда облысы Қазалы аудандық мәслихатының 2024 жылғы 27 желтоқсандағы № 369 шешiмi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескерту. 01.01.2025 жылдан бастап қолданысқа енгізіледі осы шешімнің 3 тармағымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -174,562 +174,588 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының 2001 жылғы 23 қаңтардағы Заңының 6 бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-7 тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Қызылорда облысы Қазалы аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "1. 2025-2027 жылдарға арналған Мұратбаев ауылдық округінің бюджеті </w:t>
+      "1. 2025-2027 жылдарға арналған Ғ.Мұратбаев ауылдық округінің бюджеті </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3 - қосымшаларға</w:t>
+        <w:t>3 – қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 114952 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 115754 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 6673 мың теңге;</w:t>
+      салықтық түсімдер – 6962 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 213 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 726 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттер түсімі – 108066 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 114952 мың теңге, оның ішінде;</w:t>
+      2) шығындар – 117271 мың теңге, оның ішінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z13" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z16" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – 0;</w:t>
+      5) бюджет тапшылығы (профициті) – -1517 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитті пайдалану) – 0;</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитті пайдалану) – 1517 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 0.".</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 1517 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Қазалы аудандық мәслихатының 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 470</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес 2025 жылға арналған аудандық бюджетте Мұратбаев ауылдық округі бюджетіне республикалық бюджет қаражаты есебінен қаралған нысаналы трансферттер.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
@@ -844,68 +870,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ғ. Әліш</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -952,87 +960,125 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазалы аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "27" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 27 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№369 шешіміне 1-қосымша</w:t>
+              <w:t>№ 369 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z30" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Мұратбаев ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1- қосымша жаңа редакцияда - Қызылорда облысы Қазалы аудандық мәслихатының 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 470</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -1085,51 +1131,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1614,51 +1677,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-114952</w:t>
+115754</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1791,51 +1854,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6673</w:t>
+6962</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1968,51 +2031,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3220</w:t>
+2720</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2145,51 +2208,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3220</w:t>
+2720</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2322,51 +2385,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3423</w:t>
+4232</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2499,51 +2562,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-105</w:t>
+115</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2676,51 +2739,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-151</w:t>
+940</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2853,51 +2916,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2500</w:t>
+2510</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3207,51 +3270,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30</w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3384,51 +3447,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3738,51 +3801,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-213</w:t>
+726</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3915,51 +3978,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-213</w:t>
+726</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4092,51 +4155,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-213</w:t>
+726</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5227,228 +5290,228 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-114952</w:t>
+117271</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...135 lines deleted...]
-59458</w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64620,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5581,51 +5644,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59458</w:t>
+64620,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5758,228 +5821,228 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59458</w:t>
+61962,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-20089</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2208</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5999,341 +6062,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-20089</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ведомстволық бағыныстағы мемлекеттік мекемелер мен ұйымдардың күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-6924</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14529,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6353,164 +6416,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-662</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14529,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6571,300 +6634,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-12503</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3750,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-33812</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+443</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6884,518 +6947,518 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-33812</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10336,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-33812</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33362</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-1593</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33362</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7415,341 +7478,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-1593</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33362</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-1593</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4758,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7769,160 +7832,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4758,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7974,128 +8041,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1332,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8147,128 +8218,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3426</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8361,51 +8436,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Қаржы активтерімен операциялар бойынша сальдо</w:t>
+3. Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8534,51 +8609,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржы активтерін сатып алу</w:t>
+Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8707,51 +8782,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8880,51 +8955,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5. Бюджет тапшылығы (профициті)</w:t>
+4. Қаржы активтері мен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9053,51 +9128,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9121,160 +9196,156 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9330,164 +9401,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1517</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9539,50 +9606,577 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1517</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1517</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1517</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -9620,63 +10214,56 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+1517</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...5 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9723,64 +10310,64 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазалы аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "27" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 27 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№369 шешіміне 2-қосымша</w:t>
+              <w:t>№ 369 шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z34" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Мұратбаев ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:tbl>
       <w:tblPr>
@@ -9856,51 +10443,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18397,57 +19001,50 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...5 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -18494,64 +19091,64 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазалы аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "27" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 27 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№369 шешіміне 3-қосымша</w:t>
+              <w:t>№ 369 шешіміне 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z38" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Мұратбаев ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
@@ -18627,51 +19224,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -27168,57 +27782,50 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...5 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -27265,64 +27872,64 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазалы аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы "27" желтоқсандағы</w:t>
+              <w:t>2024 жылғы 27 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№369 шешіміне 4-қосымша</w:t>
+              <w:t>№ 369 шешіміне 4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z42" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған аудандық бюджетте Мұратбаев ауылдық округі бюджетіне республикалық бюджет қаражаты есебінен берілетін нысаналы трансферттер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
@@ -27430,51 +28037,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы, мың теңге</w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>