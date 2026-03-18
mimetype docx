--- v0 (2025-12-28)
+++ v1 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="84987e1" w14:textId="84987e1">
+    <w:p w14:paraId="539dafb" w14:textId="539dafb">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -189,132 +189,192 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Қызылорда облысы Қазалы аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. 2025-2027 жылдарға арналған Бірлік ауылдық округінің бюджеті 1, 2, 3 – қосымшаларға сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
+        <w:t xml:space="preserve">
+      1. 2025-2027 жылдарға арналған Бірлік ауылдық округінің бюджеті </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаларға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кірістер – 75124 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 4057 мың теңге;</w:t>
+      салықтық түсімдер – 4270 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 258 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 213 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 0;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттер түсімі – 70596 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
@@ -555,61 +615,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Қазалы аудандық мәслихатының 07.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қызылорда облысы Қазалы аудандық мәслихатының 12.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 462</w:t>
+        <w:t>№ 496</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -952,87 +1012,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Бірлік ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Қазалы аудандық мәслихатының 07.10.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қызылорда облысы Қазалы аудандық мәслихатының 12.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 462</w:t>
+        <w:t>№ 496</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
-      </w:r>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> 2025 жылға арналған Бірлік ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -1810,51 +1854,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4057</w:t>
+4270</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1987,51 +2031,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1680</w:t>
+1854</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2164,51 +2208,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1680</w:t>
+1854</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2341,51 +2385,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2346</w:t>
+2338</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2518,51 +2562,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46</w:t>
+49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2695,51 +2739,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44</w:t>
+22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2872,51 +2916,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2209</w:t>
+2241</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3049,51 +3093,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47</w:t>
+26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3226,51 +3270,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31</w:t>
+78</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3403,51 +3447,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
+54</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3580,51 +3624,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16</w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4152,187 +4196,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...135 lines deleted...]
-213</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70596</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4361,155 +4405,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-03</w:t>
-[...103 lines deleted...]
-213</w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70596</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4570,479 +4614,287 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...71 lines deleted...]
-213</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70596</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...166 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкiмшiсi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -5071,436 +4923,597 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...103 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...64 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75523</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...88 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44165</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -5518,139 +5531,166 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...87 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44165</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -5700,482 +5740,486 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-75523</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43515</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-44052</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ведомстволық бағыныстағы мемлекеттік мекемелер мен ұйымдардың күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+650</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-44052</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3495</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6195,164 +6239,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-43402</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3495</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6413,300 +6457,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-032</w:t>
-[...71 lines deleted...]
-650</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2088</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-3514</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+293</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6726,341 +6770,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-3514</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1114</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-2088</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26718</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7080,164 +7124,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-293</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26718</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7298,300 +7342,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-1133</w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26718</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
-[...135 lines deleted...]
-26718</w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1145</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7724,51 +7768,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26718</w:t>
+1145</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7829,581 +7873,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-006</w:t>
-[...529 lines deleted...]
-              <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -8432,51 +7945,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1239</w:t>
+1145</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -29660,55 +29173,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>